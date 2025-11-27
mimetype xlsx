--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -1,179 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://eea1-my.sharepoint.com/personal/silvia_dallacosta_eea_europa_eu/Documents/WISE FRESHWATER/Freshwater_2024/Pesticides/Documentation/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\uba\gruppen\II2.4\II2.4_Server\2_Gremien&amp;Institutionen\EUA&amp;ETC\ETC-BE\4_Project_Indicators_update_development_2025\20250811_UpdateAfterEIONETConsultation\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F5207EBB-CCD8-405F-9815-E808C0D38FF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2B46C650-D2CB-498E-8FE1-C6ADD9003ADB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="598" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15480" tabRatio="848" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Readme" sheetId="35" r:id="rId1"/>
-    <sheet name="Annex1_SW" sheetId="42" r:id="rId2"/>
-[...3 lines deleted...]
-    <sheet name="Annex4" sheetId="41" r:id="rId6"/>
+    <sheet name="Annex1_SW (all substances)" sheetId="51" r:id="rId2"/>
+    <sheet name="Annex1_SW (only applicable)" sheetId="52" r:id="rId3"/>
+    <sheet name="Annex2_GW (all substances)" sheetId="53" r:id="rId4"/>
+    <sheet name="Annex3 (all substances)" sheetId="54" r:id="rId5"/>
+    <sheet name="Annex3 (only applicable)" sheetId="55" r:id="rId6"/>
+    <sheet name="Annex4" sheetId="41" r:id="rId7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Annex1_SW!$A$1:$E$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">Annex4!$A$1:$L$301</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Annex1_SW (only applicable)'!$A$1:$F$167</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Annex3 (all substances)'!$A$1:$H$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Annex3 (only applicable)'!$A$1:$H$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">Annex4!$A$1:$L$303</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2198" uniqueCount="1104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2987" uniqueCount="1272">
   <si>
     <t>eeaIndicator</t>
   </si>
   <si>
     <t>numberOfAnnualRecords</t>
   </si>
   <si>
     <t>numberOfMonitoringSites</t>
   </si>
   <si>
+    <t>numberOfWaterBodies</t>
+  </si>
+  <si>
     <t>numberOfCountries</t>
   </si>
   <si>
     <t>numberOfYears</t>
   </si>
   <si>
     <t>CAS_100646-51-3 - Quizalofop-P-ethyl</t>
   </si>
   <si>
     <t>CAS_1007-28-9 - Desisopropylatrazine</t>
   </si>
   <si>
     <t>CAS_101-21-3 - Chlorpropham</t>
   </si>
   <si>
     <t>CAS_1014-69-3 - Desmetryn</t>
   </si>
   <si>
     <t>CAS_1024-57-3 - Heptachlor epoxide</t>
   </si>
   <si>
     <t>CAS_10265-92-6 - Methamidophos</t>
   </si>
   <si>
     <t>CAS_10605-21-7 - Carbendazim</t>
   </si>
   <si>
     <t>CAS_106-46-7 - 1,4-dichlorobenzene</t>
   </si>
   <si>
     <t>CAS_1066-51-9 - Aminomethylphosphonic acid (AMPA)</t>
   </si>
   <si>
     <t>CAS_106700-29-2 - Pethoxamid</t>
   </si>
   <si>
     <t>CAS_106-93-4 - 1,2-dibromoethane</t>
   </si>
   <si>
     <t>CAS_1071-83-6 - Glyphosate</t>
   </si>
   <si>
     <t>CAS_107534-96-3 - Tebuconazole</t>
   </si>
   <si>
+    <t>CAS_108-60-1 - Bis(2-chloro-1-methylethyl) ether</t>
+  </si>
+  <si>
+    <t>CAS_108-62-3 - Metaldehyde</t>
+  </si>
+  <si>
     <t>CAS_110488-70-5 - Dimethomorph</t>
   </si>
   <si>
     <t>CAS_1113-02-6 - Omethoate</t>
   </si>
   <si>
     <t>CAS_111988-49-9 - Thiacloprid</t>
   </si>
   <si>
     <t>CAS_111991-09-4 - Nicosulfuron</t>
   </si>
   <si>
     <t>CAS_112281-77-3 - Tetraconazole</t>
   </si>
   <si>
     <t>CAS_112410-23-8 - Tebufenozide</t>
   </si>
   <si>
     <t>CAS_114-26-1 - Propoxur</t>
   </si>
   <si>
     <t>CAS_114369-43-6 - Fenbuconazole</t>
   </si>
   <si>
     <t>CAS_115-29-7 - Endosulfan</t>
   </si>
   <si>
     <t>CAS_115-32-2 - Dicofol</t>
   </si>
   <si>
+    <t>CAS_116255-48-2 - Bromuconazole</t>
+  </si>
+  <si>
     <t>CAS_118-74-1 - Hexachlorobenzene</t>
   </si>
   <si>
     <t>CAS_119446-68-3 - Difenoconazole</t>
   </si>
   <si>
     <t>CAS_1194-65-6 - Dichlobenil</t>
   </si>
   <si>
     <t>CAS_120068-37-3 - Fipronil</t>
   </si>
   <si>
     <t>CAS_120116-88-3 - Cyazofamid</t>
   </si>
   <si>
     <t>CAS_120-36-5 - Dichlorprop (2,4-DP)</t>
   </si>
   <si>
     <t>CAS_120928-09-8 - Fenazaquin</t>
   </si>
   <si>
     <t>CAS_121552-61-2 - Cyprodinil</t>
   </si>
   <si>
     <t>CAS_121-75-5 - Malathion</t>
@@ -244,62 +268,68 @@
   <si>
     <t>CAS_135410-20-7 - Ethanimidamide</t>
   </si>
   <si>
     <t>CAS_136426-54-5 - Fluquinconazole</t>
   </si>
   <si>
     <t>CAS_13684-56-5 - Desmedipham</t>
   </si>
   <si>
     <t>CAS_137-26-8 - Thiram</t>
   </si>
   <si>
     <t>CAS_137-30-4 - Ziram</t>
   </si>
   <si>
     <t>CAS_137641-05-5 - Picolinafen</t>
   </si>
   <si>
     <t>CAS_138261-41-3 - Imidacloprid</t>
   </si>
   <si>
     <t>CAS_139-40-2 - Propazine</t>
   </si>
   <si>
+    <t>CAS_139528-85-1 - Metosulam</t>
+  </si>
+  <si>
     <t>CAS_139968-49-3 - Metaflumizone</t>
   </si>
   <si>
     <t>CAS_141112-29-0 - Isoxaflutole</t>
   </si>
   <si>
     <t>CAS_141776-32-1 - Sulfosulfuron</t>
   </si>
   <si>
     <t>CAS_1417782-03-6 - Mefentrifluconazole</t>
   </si>
   <si>
+    <t>CAS_1418095-02-9 - Chlorothalonil ESA (VIS-01)</t>
+  </si>
+  <si>
     <t>CAS_143390-89-0 - Kresoxim-methyl</t>
   </si>
   <si>
     <t>CAS_143-50-0 - Chlordecone (Kepone)</t>
   </si>
   <si>
     <t>CAS_14816-18-3 - Phoxim</t>
   </si>
   <si>
     <t>CAS_148-79-8 - Thiabendazole</t>
   </si>
   <si>
     <t>CAS_149961-52-4 - Dimoxystrobin</t>
   </si>
   <si>
     <t>CAS_15165-67-0 - Dichlorprop-P</t>
   </si>
   <si>
     <t>CAS_153719-23-4 - Thiamethoxam</t>
   </si>
   <si>
     <t>CAS_15545-48-9 - Chlortoluron</t>
   </si>
   <si>
     <t>CAS_1563-66-2 - Carbofuran</t>
@@ -313,50 +343,53 @@
   <si>
     <t>CAS_1610-18-0 - Prometon</t>
   </si>
   <si>
     <t>CAS_16118-49-3 - Carbetamide</t>
   </si>
   <si>
     <t>CAS_161326-34-7 - Fenamidone</t>
   </si>
   <si>
     <t>CAS_1646-87-3 - Aldicarb sulfoxide</t>
   </si>
   <si>
     <t>CAS_1646-88-4 - Aldoxycarb</t>
   </si>
   <si>
     <t>CAS_16484-77-8 - Mecoprop-P (MCPP-P)</t>
   </si>
   <si>
     <t>CAS_16655-82-6 - 3-hydroxycarbofuran</t>
   </si>
   <si>
     <t>CAS_16672-87-0 - 2-chloroethylphosphonic acid</t>
   </si>
   <si>
+    <t>CAS_1668-54-8 - 2-methyl-4-amino-6-methoxy-s-triazine</t>
+  </si>
+  <si>
     <t>CAS_16752-77-5 - Methomyl</t>
   </si>
   <si>
     <t>CAS_1689-83-4 - Ioxynil</t>
   </si>
   <si>
     <t>CAS_1689-84-5 - Bromoxynil</t>
   </si>
   <si>
     <t>CAS_1689-99-2 - Bromoxynil octanoate</t>
   </si>
   <si>
     <t>CAS_1698-60-8 - Chloridazon</t>
   </si>
   <si>
     <t>CAS_1702-17-6 - Clopyralid</t>
   </si>
   <si>
     <t>CAS_17040-19-6 - Demeton-S-methylsulfon</t>
   </si>
   <si>
     <t>CAS_1746-81-2 - Monolinuron</t>
   </si>
   <si>
     <t>CAS_178928-70-6 - Prothioconazole</t>
@@ -562,50 +595,56 @@
   <si>
     <t>CAS_3397-62-4 - Deisopropyldeethylatrazine</t>
   </si>
   <si>
     <t>CAS_34123-59-6 - Isoproturon</t>
   </si>
   <si>
     <t>CAS_3424-82-6 - o,p'-DDE</t>
   </si>
   <si>
     <t>CAS_34256-82-1 - Acetochlor</t>
   </si>
   <si>
     <t>CAS_348635-87-0 - Amisulbrom</t>
   </si>
   <si>
     <t>CAS_35554-44-0 - Imazalil</t>
   </si>
   <si>
     <t>CAS_36734-19-7 - Iprodione</t>
   </si>
   <si>
     <t>CAS_36756-79-3 - Tiocarbazil</t>
   </si>
   <si>
+    <t>CAS_3766-60-7 - Buturon</t>
+  </si>
+  <si>
+    <t>CAS_380412-59-9 - Dimethenamid OA</t>
+  </si>
+  <si>
     <t>CAS_38260-54-7 - Phosphorothioic acid</t>
   </si>
   <si>
     <t>CAS_39765-80-5 - trans-Nonachlor</t>
   </si>
   <si>
     <t>CAS_3984-14-3 - N,N-dimethylsulfamide</t>
   </si>
   <si>
     <t>CAS_40487-42-1 - Pendimethalin</t>
   </si>
   <si>
     <t>CAS_41394-05-2 - Metamitron</t>
   </si>
   <si>
     <t>CAS_41483-43-6 - Bupirimate</t>
   </si>
   <si>
     <t>CAS_42576-02-3 - Bifenox</t>
   </si>
   <si>
     <t>CAS_43121-43-3 - Triadimefon</t>
   </si>
   <si>
     <t>CAS_465-73-6 - Isodrin</t>
@@ -643,50 +682,53 @@
   <si>
     <t>CAS_52918-63-5 - Deltamethrin</t>
   </si>
   <si>
     <t>CAS_53112-28-0 - Pyrimethanil</t>
   </si>
   <si>
     <t>CAS_53-19-0 - o,p'-DDD</t>
   </si>
   <si>
     <t>CAS_534-52-1 - Dinitro-o-cresol (DNOC)</t>
   </si>
   <si>
     <t>CAS_542-75-6 - 1,3-dichloropropene</t>
   </si>
   <si>
     <t>CAS_55179-31-2 - Bitertanol</t>
   </si>
   <si>
     <t>CAS_55-38-9 - Fenthion</t>
   </si>
   <si>
     <t>CAS_55512-33-9 - Pyridate</t>
   </si>
   <si>
+    <t>CAS_555-37-3 - Neburon</t>
+  </si>
+  <si>
     <t>CAS_5598-13-0 - Chlorpyrifos-methyl</t>
   </si>
   <si>
     <t>CAS_563-12-2 - Ethion</t>
   </si>
   <si>
     <t>CAS_56-38-2 - Parathion</t>
   </si>
   <si>
     <t>CAS_56-72-4 - Coumaphos</t>
   </si>
   <si>
     <t>CAS_57018-04-9 - Tolclofos methyl</t>
   </si>
   <si>
     <t>CAS_57646-30-7 - Furalaxyl</t>
   </si>
   <si>
     <t>CAS_57-74-9 - Chlordane</t>
   </si>
   <si>
     <t>CAS_57837-19-1 - Metalaxyl</t>
   </si>
   <si>
     <t>CAS_58-89-9 - gamma-HCH (Lindane)</t>
@@ -697,92 +739,101 @@
   <si>
     <t>CAS_60207-90-1 - Propiconazole</t>
   </si>
   <si>
     <t>CAS_60-51-5 - Dimethoate</t>
   </si>
   <si>
     <t>CAS_60-57-1 - Dieldrin</t>
   </si>
   <si>
     <t>CAS_608-73-1 - Hexachlorocyclohexane</t>
   </si>
   <si>
     <t>CAS_6108-10-7 - Epsilon-HCH</t>
   </si>
   <si>
     <t>CAS_61-82-5 - Aminotriazole</t>
   </si>
   <si>
     <t>CAS_6190-65-4 - Desethylatrazine</t>
   </si>
   <si>
     <t>CAS_62-73-7 - Dichlorvos</t>
   </si>
   <si>
+    <t>CAS_634-66-2 - 1,2,3,4-tetrachlorophene</t>
+  </si>
+  <si>
     <t>CAS_64902-72-3 - Chlorsulfuron</t>
   </si>
   <si>
     <t>CAS_66215-27-8 - Cyromazine</t>
   </si>
   <si>
     <t>CAS_66246-88-6 - Penconazole</t>
   </si>
   <si>
     <t>CAS_66753-07-9 - Hydroxyterbuthylazine</t>
   </si>
   <si>
     <t>CAS_67129-08-2 - Metazachlor</t>
   </si>
   <si>
     <t>CAS_67564-91-4 - Fenpropimorph</t>
   </si>
   <si>
     <t>CAS_67747-09-5 - Prochloraz</t>
   </si>
   <si>
     <t>CAS_69327-76-0 - Buprofezin</t>
   </si>
   <si>
     <t>CAS_70124-77-5 - Flucythrinate</t>
   </si>
   <si>
     <t>CAS_70630-17-0 - Metalaxyl-M</t>
   </si>
   <si>
     <t>CAS_7085-19-0 - Mecoprop</t>
   </si>
   <si>
     <t>CAS_709-98-8 - Propanil</t>
   </si>
   <si>
+    <t>CAS_72178-02-0 - Fomesafen</t>
+  </si>
+  <si>
     <t>CAS_72-20-8 - Endrin</t>
   </si>
   <si>
     <t>CAS_72-43-5 - Methoxychlor</t>
   </si>
   <si>
+    <t>CAS_72459-58-6 - Triazoxide</t>
+  </si>
+  <si>
     <t>CAS_72-54-8 - p,p'-DDD</t>
   </si>
   <si>
     <t>CAS_72-55-9 - p,p'-DDE</t>
   </si>
   <si>
     <t>CAS_7286-69-3 - Sebuthylazine</t>
   </si>
   <si>
     <t>CAS_7287-19-6 - Prometryn</t>
   </si>
   <si>
     <t>CAS_74070-46-5 - Aclonifen</t>
   </si>
   <si>
     <t>CAS_74223-64-6 - Metsulfuronmethyl</t>
   </si>
   <si>
     <t>CAS_74-83-9 - Bromomethane</t>
   </si>
   <si>
     <t>CAS_74-90-8 - Hydrogen cyanide</t>
   </si>
   <si>
     <t>CAS_75-99-0 - Dalapon</t>
@@ -820,50 +871,53 @@
   <si>
     <t>CAS_80844-07-1 - Etofenprox</t>
   </si>
   <si>
     <t>CAS_81406-37-3 - Fluroxypyr-meptyl</t>
   </si>
   <si>
     <t>CAS_82097-50-5 - Triasulfuron</t>
   </si>
   <si>
     <t>CAS_82-68-8 - Quintozene</t>
   </si>
   <si>
     <t>CAS_83055-99-6 - Bensulfuron-methyl</t>
   </si>
   <si>
     <t>CAS_83164-33-4 - Diflufenican</t>
   </si>
   <si>
     <t>CAS_834-12-8 - Ametryn</t>
   </si>
   <si>
     <t>CAS_85509-19-9 - Flusilazole</t>
   </si>
   <si>
+    <t>CAS_86209-51-0 - Primisulfuron-methyl</t>
+  </si>
+  <si>
     <t>CAS_86-50-0 - Azinphos-methyl</t>
   </si>
   <si>
     <t>CAS_87820-88-0 - Tralkoxydim</t>
   </si>
   <si>
     <t>CAS_87-86-5 - Pentachlorophenol</t>
   </si>
   <si>
     <t>CAS_886-50-0 - Terbutryn</t>
   </si>
   <si>
     <t>CAS_88671-89-0 - Myclobutanil</t>
   </si>
   <si>
     <t>CAS_88-85-7 - Dinoseb</t>
   </si>
   <si>
     <t>CAS_9016-45-9 - Nonylphenol ethoxylate</t>
   </si>
   <si>
     <t>CAS_907204-31-3 - Fluxapyroxad</t>
   </si>
   <si>
     <t>CAS_919-86-8 - Demeton-S-methyl</t>
@@ -883,143 +937,116 @@
   <si>
     <t>CAS_94-74-6 - MCPA</t>
   </si>
   <si>
     <t>CAS_94-75-7 - 2,4-dichlorophenoxyacetic acid, 2-4 D</t>
   </si>
   <si>
     <t>CAS_94-81-5 - MCPB</t>
   </si>
   <si>
     <t>CAS_94-82-6 - 2,4-DB</t>
   </si>
   <si>
     <t>CAS_950-37-8 - Methidathion</t>
   </si>
   <si>
     <t>CAS_95-16-9 - Benzosulfonazole</t>
   </si>
   <si>
     <t>CAS_95465-99-9 - Cadusafos</t>
   </si>
   <si>
     <t>CAS_95-50-1 - 1,2-dichlorobenzene</t>
   </si>
   <si>
+    <t>CAS_95617-09-7 - Fenoxaprop</t>
+  </si>
+  <si>
     <t>CAS_959-98-8 - Alpha-Endosulfan</t>
   </si>
   <si>
     <t>CAS_96489-71-3 - Pyridaben</t>
   </si>
   <si>
     <t>CAS_96525-23-4 - Flurtamone</t>
   </si>
   <si>
     <t>CAS_999-81-5 - Chlormequat chloride</t>
   </si>
   <si>
     <t>EEA_32-02-0 - Total cyclodiene pesticides (aldrin + dieldrin + endrin + isodrin)</t>
   </si>
   <si>
     <t>EEA_32-03-1 - Total DDT (DDT, p,p' + DDT, o,p' + DDE, p,p' + DDD, p,p')</t>
   </si>
   <si>
     <t>EEA_33-50-1 - Heptachlor and heptachlor epoxide</t>
   </si>
   <si>
-    <t>CAS_108-60-1 - Bis(2-chloro-1-methylethyl) ether</t>
-[...14 lines deleted...]
-    <t>CAS_1668-54-8 - 2-methyl-4-amino-6-methoxy-s-triazine</t>
+    <t>CAS_111-44-4 - Bis(2-chloroethyl)ether</t>
   </si>
   <si>
     <t>CAS_185119-76-0 - Iodosulfuron-methyl</t>
   </si>
   <si>
     <t>CAS_23947-60-6 - Ethirimol</t>
   </si>
   <si>
-    <t>CAS_3766-60-7 - Buturon</t>
-[...1 lines deleted...]
-  <si>
     <t>CAS_3813-05-6 - Benazolin</t>
   </si>
   <si>
-    <t>CAS_555-37-3 - Neburon</t>
-[...2 lines deleted...]
-    <t>CAS_634-66-2 - 1,2,3,4-tetrachlorophene</t>
+    <t>CAS_50-31-7 - 2,3,6-trichlorobenzoic acid</t>
   </si>
   <si>
     <t>CAS_68694-11-1 - Triflumizole</t>
   </si>
   <si>
-    <t>CAS_72178-02-0 - Fomesafen</t>
-[...26 lines deleted...]
-    <t>SW</t>
+    <t>Assessment period</t>
+  </si>
+  <si>
+    <t>Country code</t>
+  </si>
+  <si>
+    <t>Number of water bodies</t>
+  </si>
+  <si>
+    <t>Number of pesticide substances</t>
+  </si>
+  <si>
+    <t>RW</t>
+  </si>
+  <si>
+    <t>LW</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
+    <t>2013-2023</t>
+  </si>
+  <si>
     <t>AT</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>EE</t>
@@ -1072,2824 +1099,3415 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
+    <t>2018-2023</t>
+  </si>
+  <si>
     <t>Label</t>
   </si>
   <si>
     <t>CAS</t>
   </si>
   <si>
     <t>Usage</t>
   </si>
   <si>
     <t>approval</t>
   </si>
   <si>
     <t>approved till</t>
   </si>
   <si>
     <t>AA-EQS [µg/l]</t>
   </si>
   <si>
     <t>MAC-EQS [µg/l]</t>
   </si>
   <si>
     <t>Source EQS</t>
   </si>
   <si>
     <t>AA-EQS regulated in MS</t>
   </si>
   <si>
     <t>Countries lowest AA-EQS</t>
   </si>
   <si>
     <t>MAC-EQS regulated in MS</t>
   </si>
   <si>
     <t>Countries lowest MAC_EQS</t>
   </si>
   <si>
     <t>1,2,3,4-tetrachlorophene</t>
   </si>
   <si>
     <t>CAS_634-66-2</t>
   </si>
   <si>
     <t>Metabolite</t>
   </si>
   <si>
+    <t>0.32</t>
+  </si>
+  <si>
     <t>1,2-dibromoethane</t>
   </si>
   <si>
     <t>CAS_106-93-4</t>
   </si>
   <si>
     <t>Insecticide</t>
   </si>
   <si>
     <t>n.a.</t>
   </si>
   <si>
+    <t>0.002000000</t>
+  </si>
+  <si>
+    <t>0.020000000</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>1,2-dichlorobenzene</t>
   </si>
   <si>
     <t>CAS_95-50-1</t>
   </si>
   <si>
+    <t>0.5</t>
+  </si>
+  <si>
     <t>BE,BG,FI,DE,GR,IT,ES</t>
   </si>
   <si>
     <t>1,2-dichloropropane</t>
   </si>
   <si>
     <t>CAS_78-87-5</t>
   </si>
   <si>
     <t>Nematicide, Insecticide, Fumigant</t>
   </si>
   <si>
     <t>1,3-dichloropropene</t>
   </si>
   <si>
     <t>CAS_542-75-6</t>
   </si>
   <si>
+    <t>2.000000000</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>1,4-dichlorobenzene</t>
   </si>
   <si>
     <t>CAS_106-46-7</t>
   </si>
   <si>
     <t>BE,BG,FI,DE,GR,IT,LU,ES</t>
   </si>
   <si>
     <t>1H-1,2,4-triazole</t>
   </si>
   <si>
     <t>CAS_288-88-0</t>
   </si>
   <si>
+    <t>2,3,6-trichlorobenzoic acid</t>
+  </si>
+  <si>
+    <t>CAS_50-31-7</t>
+  </si>
+  <si>
+    <t>Herbicide</t>
+  </si>
+  <si>
     <t>2,4,5-T</t>
   </si>
   <si>
     <t>CAS_93-76-5</t>
   </si>
   <si>
-    <t>Herbicide</t>
-[...1 lines deleted...]
-  <si>
     <t>2003-12-31</t>
   </si>
   <si>
+    <t>0.100000000</t>
+  </si>
+  <si>
+    <t>20.000000000</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>DE,EL</t>
   </si>
   <si>
     <t>2,4-DB</t>
   </si>
   <si>
     <t>CAS_94-82-6</t>
   </si>
   <si>
-    <t>a</t>
+    <t>a.</t>
   </si>
   <si>
     <t>2032-10-31</t>
   </si>
   <si>
     <t>2,4-dichlorophenoxyacetic acid, 2-4 D</t>
   </si>
   <si>
     <t>CAS_94-75-7</t>
   </si>
   <si>
     <t>2030-12-31</t>
   </si>
   <si>
+    <t>1.000000000</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>CZ,EL</t>
   </si>
   <si>
     <t>2,6-dichlorobenzamide</t>
   </si>
   <si>
     <t>CAS_2008-58-4</t>
   </si>
   <si>
+    <t>78.000000000</t>
+  </si>
+  <si>
+    <t>780.000000000</t>
+  </si>
+  <si>
+    <t>2-chloroethylphosphonic acid</t>
+  </si>
+  <si>
+    <t>CAS_16672-87-0</t>
+  </si>
+  <si>
+    <t>2039-01-31</t>
+  </si>
+  <si>
+    <t>2-methyl-4-amino-6-methoxy-s-triazine</t>
+  </si>
+  <si>
+    <t>CAS_1668-54-8</t>
+  </si>
+  <si>
+    <t>3-hydroxycarbofuran</t>
+  </si>
+  <si>
+    <t>CAS_16655-82-6</t>
+  </si>
+  <si>
+    <t>4-chlorophenoxyacetic acid (CPA 4)</t>
+  </si>
+  <si>
+    <t>CAS_122-88-3</t>
+  </si>
+  <si>
+    <t>Acephate</t>
+  </si>
+  <si>
+    <t>CAS_30560-19-1</t>
+  </si>
+  <si>
+    <t>Acetamiprid</t>
+  </si>
+  <si>
+    <t>CAS_160430-64-8</t>
+  </si>
+  <si>
+    <t>2033-02-28</t>
+  </si>
+  <si>
+    <t>0.007400000</t>
+  </si>
+  <si>
+    <t>0.160000000</t>
+  </si>
+  <si>
+    <t>D-1</t>
+  </si>
+  <si>
+    <t>Acetochlor</t>
+  </si>
+  <si>
+    <t>CAS_34256-82-1</t>
+  </si>
+  <si>
+    <t>0.400000000</t>
+  </si>
+  <si>
+    <t>Aclonifen</t>
+  </si>
+  <si>
+    <t>CAS_74070-46-5</t>
+  </si>
+  <si>
+    <t>2026-10-31</t>
+  </si>
+  <si>
+    <t>0.120000000</t>
+  </si>
+  <si>
+    <t>PS-2</t>
+  </si>
+  <si>
+    <t>Alachlor</t>
+  </si>
+  <si>
+    <t>CAS_15972-60-8</t>
+  </si>
+  <si>
+    <t>2007-06-18</t>
+  </si>
+  <si>
+    <t>0.300000000</t>
+  </si>
+  <si>
+    <t>0.700000000</t>
+  </si>
+  <si>
+    <t>PS-1</t>
+  </si>
+  <si>
+    <t>Aldicarb sulfoxide</t>
+  </si>
+  <si>
+    <t>CAS_1646-87-3</t>
+  </si>
+  <si>
+    <t>Aldoxycarb</t>
+  </si>
+  <si>
+    <t>CAS_1646-88-4</t>
+  </si>
+  <si>
+    <t>Aldrin</t>
+  </si>
+  <si>
+    <t>CAS_309-00-2</t>
+  </si>
+  <si>
+    <t>2004-04-29</t>
+  </si>
+  <si>
+    <t>Alpha-Endosulfan</t>
+  </si>
+  <si>
+    <t>CAS_959-98-8</t>
+  </si>
+  <si>
+    <t>0.005000000</t>
+  </si>
+  <si>
+    <t>Alpha-HCH</t>
+  </si>
+  <si>
+    <t>CAS_319-84-6</t>
+  </si>
+  <si>
+    <t>0.040000000</t>
+  </si>
+  <si>
+    <t>Ametryn</t>
+  </si>
+  <si>
+    <t>CAS_834-12-8</t>
+  </si>
+  <si>
+    <t>Aminomethylphosphonic acid (AMPA)</t>
+  </si>
+  <si>
+    <t>CAS_1066-51-9</t>
+  </si>
+  <si>
+    <t>250.000000000</t>
+  </si>
+  <si>
+    <t>Aminotriazole</t>
+  </si>
+  <si>
+    <t>CAS_61-82-5</t>
+  </si>
+  <si>
+    <t>2016-06-30</t>
+  </si>
+  <si>
+    <t>0.08</t>
+  </si>
+  <si>
+    <t>Amisulbrom</t>
+  </si>
+  <si>
+    <t>CAS_348635-87-0</t>
+  </si>
+  <si>
+    <t>Fungicide</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>Asulam</t>
+  </si>
+  <si>
+    <t>CAS_3337-71-1</t>
+  </si>
+  <si>
+    <t>Atrazine</t>
+  </si>
+  <si>
+    <t>CAS_1912-24-9</t>
+  </si>
+  <si>
+    <t>2007-12-31</t>
+  </si>
+  <si>
+    <t>0.600000000</t>
+  </si>
+  <si>
+    <t>Azinphos-ethyl</t>
+  </si>
+  <si>
+    <t>CAS_2642-71-9</t>
+  </si>
+  <si>
+    <t>0.000110000000</t>
+  </si>
+  <si>
+    <t>0.0011000000</t>
+  </si>
+  <si>
+    <t>DE,IT</t>
+  </si>
+  <si>
+    <t>Azinphos-methyl</t>
+  </si>
+  <si>
+    <t>CAS_86-50-0</t>
+  </si>
+  <si>
+    <t>Insecticide, Acaricide, Molluscicide</t>
+  </si>
+  <si>
+    <t>0.001</t>
+  </si>
+  <si>
+    <t>0.0028</t>
+  </si>
+  <si>
+    <t>BE,DE,IT,LU,NL,CZ,NL,ES</t>
+  </si>
+  <si>
+    <t>Azoxystrobin</t>
+  </si>
+  <si>
+    <t>CAS_131860-33-8</t>
+  </si>
+  <si>
+    <t>0.2</t>
+  </si>
+  <si>
+    <t>0.55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WL-4 </t>
+  </si>
+  <si>
+    <t>Benazolin</t>
+  </si>
+  <si>
+    <t>CAS_3813-05-6</t>
+  </si>
+  <si>
+    <t>Bendiocarb</t>
+  </si>
+  <si>
+    <t>CAS_22781-23-3</t>
+  </si>
+  <si>
+    <t>Benfluralin</t>
+  </si>
+  <si>
+    <t>CAS_1861-40-1</t>
+  </si>
+  <si>
+    <t>2023-02-12</t>
+  </si>
+  <si>
+    <t>Bensulfuron-methyl</t>
+  </si>
+  <si>
+    <t>CAS_83055-99-6</t>
+  </si>
+  <si>
+    <t>2026-08-15</t>
+  </si>
+  <si>
+    <t>Bentazone</t>
+  </si>
+  <si>
+    <t>CAS_25057-89-0</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>EL,LU</t>
+  </si>
+  <si>
+    <t>Benzosulfonazole</t>
+  </si>
+  <si>
+    <t>CAS_95-16-9</t>
+  </si>
+  <si>
+    <t>Beta-Endosulfan</t>
+  </si>
+  <si>
+    <t>CAS_33213-65-9</t>
+  </si>
+  <si>
+    <t>Beta-HCH</t>
+  </si>
+  <si>
+    <t>CAS_319-85-7</t>
+  </si>
+  <si>
+    <t>Bifenox</t>
+  </si>
+  <si>
+    <t>CAS_42576-02-3</t>
+  </si>
+  <si>
+    <t>2027-03-31</t>
+  </si>
+  <si>
+    <t>0.012000000</t>
+  </si>
+  <si>
+    <t>Bis(2-chloro-1-methylethyl) ether</t>
+  </si>
+  <si>
+    <t>CAS_108-60-1</t>
+  </si>
+  <si>
+    <t>Nematicide, Insecticide</t>
+  </si>
+  <si>
+    <t>Bis(2-chloroethyl)ether</t>
+  </si>
+  <si>
+    <t>CAS_111-44-4</t>
+  </si>
+  <si>
+    <t>Bitertanol</t>
+  </si>
+  <si>
+    <t>CAS_55179-31-2</t>
+  </si>
+  <si>
+    <t>2013-08-29</t>
+  </si>
+  <si>
+    <t>Bromacil</t>
+  </si>
+  <si>
+    <t>CAS_314-40-9</t>
+  </si>
+  <si>
+    <t>Bromomethane</t>
+  </si>
+  <si>
+    <t>CAS_74-83-9</t>
+  </si>
+  <si>
+    <t>Bromopropylate</t>
+  </si>
+  <si>
+    <t>CAS_18181-80-1</t>
+  </si>
+  <si>
+    <t>Acaricide</t>
+  </si>
+  <si>
+    <t>Bromoxynil</t>
+  </si>
+  <si>
+    <t>CAS_1689-84-5</t>
+  </si>
+  <si>
+    <t>0.500000000</t>
+  </si>
+  <si>
+    <t>Bromoxynil octanoate</t>
+  </si>
+  <si>
+    <t>CAS_1689-99-2</t>
+  </si>
+  <si>
+    <t>Bromuconazole</t>
+  </si>
+  <si>
+    <t>CAS_116255-48-2</t>
+  </si>
+  <si>
+    <t>2027-04-30</t>
+  </si>
+  <si>
+    <t>0.015</t>
+  </si>
+  <si>
+    <t>WL-5</t>
+  </si>
+  <si>
+    <t>Bronopol</t>
+  </si>
+  <si>
+    <t>CAS_52-51-7</t>
+  </si>
+  <si>
+    <t>Bactericide, Fungicide, Veterinary substance</t>
+  </si>
+  <si>
+    <t>0.3</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Bupirimate</t>
+  </si>
+  <si>
+    <t>CAS_41483-43-6</t>
+  </si>
+  <si>
+    <t>2027-01-31</t>
+  </si>
+  <si>
+    <t>Buprofezin</t>
+  </si>
+  <si>
+    <t>CAS_69327-76-0</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>Buturon</t>
+  </si>
+  <si>
+    <t>CAS_3766-60-7</t>
+  </si>
+  <si>
+    <t>Cadusafos</t>
+  </si>
+  <si>
+    <t>CAS_95465-99-9</t>
+  </si>
+  <si>
+    <t>Captan</t>
+  </si>
+  <si>
+    <t>CAS_133-06-2</t>
+  </si>
+  <si>
+    <t>2039-10-31</t>
+  </si>
+  <si>
+    <t>0.340000000</t>
+  </si>
+  <si>
+    <t>Carbendazim</t>
+  </si>
+  <si>
+    <t>CAS_10605-21-7</t>
+  </si>
+  <si>
+    <t>2014-11-30</t>
+  </si>
+  <si>
+    <t>0.150000000</t>
+  </si>
+  <si>
+    <t>0.6</t>
+  </si>
+  <si>
+    <t>UK</t>
+  </si>
+  <si>
+    <t>Carbetamide</t>
+  </si>
+  <si>
+    <t>CAS_16118-49-3</t>
+  </si>
+  <si>
+    <t>2021-05-31</t>
+  </si>
+  <si>
+    <t>Carbofuran</t>
+  </si>
+  <si>
+    <t>CAS_1563-66-2</t>
+  </si>
+  <si>
+    <t>Carbophenothion</t>
+  </si>
+  <si>
+    <t>CAS_786-19-6</t>
+  </si>
+  <si>
+    <t>Chlordane</t>
+  </si>
+  <si>
+    <t>CAS_57-74-9</t>
+  </si>
+  <si>
+    <t>POP</t>
+  </si>
+  <si>
+    <t>AT,BE,LU</t>
+  </si>
+  <si>
+    <t>Chlordecone (Kepone)</t>
+  </si>
+  <si>
+    <t>CAS_143-50-0</t>
+  </si>
+  <si>
+    <t>0.000005000</t>
+  </si>
+  <si>
+    <t>Chlorfenvinphos</t>
+  </si>
+  <si>
+    <t>CAS_470-90-6</t>
+  </si>
+  <si>
+    <t>Chloridazon</t>
+  </si>
+  <si>
+    <t>CAS_1698-60-8</t>
+  </si>
+  <si>
+    <t>2018-12-31</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Chlormequat chloride</t>
+  </si>
+  <si>
+    <t>CAS_999-81-5</t>
+  </si>
+  <si>
+    <t>Herbicicde</t>
+  </si>
+  <si>
+    <t>2027-02-28</t>
+  </si>
+  <si>
+    <t>Chlorothalonil</t>
+  </si>
+  <si>
+    <t>CAS_1897-45-6</t>
+  </si>
+  <si>
+    <t>2019-05-20</t>
+  </si>
+  <si>
+    <t>0.035000000</t>
+  </si>
+  <si>
+    <t>1.200000000</t>
+  </si>
+  <si>
+    <t>Chlorothalonil ESA (VIS-01)</t>
+  </si>
+  <si>
+    <t>CAS_1418095-02-9</t>
+  </si>
+  <si>
+    <t>Chloroxuron</t>
+  </si>
+  <si>
+    <t>CAS_1982-47-4</t>
+  </si>
+  <si>
+    <t>Chlorpropham</t>
+  </si>
+  <si>
+    <t>CAS_101-21-3</t>
+  </si>
+  <si>
+    <t>0.8</t>
+  </si>
+  <si>
+    <t>4.3</t>
+  </si>
+  <si>
+    <t>Chlorpyrifos</t>
+  </si>
+  <si>
+    <t>CAS_2921-88-2</t>
+  </si>
+  <si>
+    <t>2020-01-16</t>
+  </si>
+  <si>
+    <t>0.030000000</t>
+  </si>
+  <si>
+    <t>Chlorpyrifos-methyl</t>
+  </si>
+  <si>
+    <t>CAS_5598-13-0</t>
+  </si>
+  <si>
+    <t>Chlorsulfuron</t>
+  </si>
+  <si>
+    <t>CAS_64902-72-3</t>
+  </si>
+  <si>
+    <t>2019-12-31</t>
+  </si>
+  <si>
+    <t>Chlorthiamid</t>
+  </si>
+  <si>
+    <t>CAS_1918-13-4</t>
+  </si>
+  <si>
+    <t>Chlortoluron</t>
+  </si>
+  <si>
+    <t>CAS_15545-48-9</t>
+  </si>
+  <si>
+    <t>0.04</t>
+  </si>
+  <si>
+    <t>0.23</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>CZ,DE,LU,NL</t>
+  </si>
+  <si>
+    <t>Clopyralid</t>
+  </si>
+  <si>
+    <t>CAS_1702-17-6</t>
+  </si>
+  <si>
+    <t>2036-09-30</t>
+  </si>
+  <si>
+    <t>70.000000000</t>
+  </si>
+  <si>
+    <t>300.000000000</t>
+  </si>
+  <si>
+    <t>Clothianidin</t>
+  </si>
+  <si>
+    <t>CAS_210880-92-5</t>
+  </si>
+  <si>
+    <t>2019-01-31</t>
+  </si>
+  <si>
+    <t>0.008300000</t>
+  </si>
+  <si>
+    <t>WL-1,2</t>
+  </si>
+  <si>
+    <t>Coumaphos</t>
+  </si>
+  <si>
+    <t>CAS_56-72-4</t>
+  </si>
+  <si>
+    <t>Insecticide, Biocide</t>
+  </si>
+  <si>
+    <t>0.01</t>
+  </si>
+  <si>
+    <t>BE, DE</t>
+  </si>
+  <si>
+    <t>Cyanazine</t>
+  </si>
+  <si>
+    <t>CAS_21725-46-2</t>
+  </si>
+  <si>
+    <t>Cyazofamid</t>
+  </si>
+  <si>
+    <t>CAS_120116-88-3</t>
+  </si>
+  <si>
+    <t>2036-07-31</t>
+  </si>
+  <si>
+    <t>0.13</t>
+  </si>
+  <si>
+    <t>Cybutryne</t>
+  </si>
+  <si>
+    <t>CAS_28159-98-0</t>
+  </si>
+  <si>
+    <t>Algistat, Herbicide, Biocide, Antifoulant</t>
+  </si>
+  <si>
+    <t>0.0025</t>
+  </si>
+  <si>
+    <t>0.016</t>
+  </si>
+  <si>
+    <t>Cypermethrin</t>
+  </si>
+  <si>
+    <t>CAS_52315-07-8</t>
+  </si>
+  <si>
+    <t>2029-01-31</t>
+  </si>
+  <si>
+    <t>0.000080000</t>
+  </si>
+  <si>
+    <t>0.000600000</t>
+  </si>
+  <si>
+    <t>Cyproconazole</t>
+  </si>
+  <si>
+    <t>CAS_94361-06-5</t>
+  </si>
+  <si>
+    <t>Cyprodinil</t>
+  </si>
+  <si>
+    <t>CAS_121552-61-2</t>
+  </si>
+  <si>
+    <t>2025-03-15</t>
+  </si>
+  <si>
+    <t>0.026000000</t>
+  </si>
+  <si>
+    <t>3.300000000</t>
+  </si>
+  <si>
+    <t>Cyromazine</t>
+  </si>
+  <si>
+    <t>CAS_66215-27-8</t>
+  </si>
+  <si>
+    <t>Dalapon</t>
+  </si>
+  <si>
+    <t>CAS_75-99-0</t>
+  </si>
+  <si>
+    <t>DDT, o,p'</t>
+  </si>
+  <si>
+    <t>CAS_789-02-6</t>
+  </si>
+  <si>
+    <t>DDT, p,p'</t>
+  </si>
+  <si>
+    <t>CAS_50-29-3</t>
+  </si>
+  <si>
+    <t>0.010000000</t>
+  </si>
+  <si>
+    <t>Deisopropyldeethylatrazine</t>
+  </si>
+  <si>
+    <t>CAS_3397-62-4</t>
+  </si>
+  <si>
+    <t>Delta-HCH</t>
+  </si>
+  <si>
+    <t>CAS_319-86-8</t>
+  </si>
+  <si>
+    <t>Deltamethrin</t>
+  </si>
+  <si>
+    <t>CAS_52918-63-5</t>
+  </si>
+  <si>
+    <t>0.000003100</t>
+  </si>
+  <si>
+    <t>0.000310000</t>
+  </si>
+  <si>
+    <t>Demeton-O</t>
+  </si>
+  <si>
+    <t>CAS_298-03-3</t>
+  </si>
+  <si>
+    <t>Demeton-O and Demeton-S (mixture)</t>
+  </si>
+  <si>
+    <t>CAS_8065-48-3</t>
+  </si>
+  <si>
+    <t>0.05</t>
+  </si>
+  <si>
+    <t>Demeton-S</t>
+  </si>
+  <si>
+    <t>CAS_126-75-0</t>
+  </si>
+  <si>
+    <t>Insecticide, Acaricide</t>
+  </si>
+  <si>
+    <t>0.1</t>
+  </si>
+  <si>
+    <t>Demeton-S-methyl</t>
+  </si>
+  <si>
+    <t>CAS_919-86-8</t>
+  </si>
+  <si>
+    <t>0.050000000</t>
+  </si>
+  <si>
+    <t>Demeton-S-methylsulfon</t>
+  </si>
+  <si>
+    <t>CAS_17040-19-6</t>
+  </si>
+  <si>
+    <t>Desethylatrazine</t>
+  </si>
+  <si>
+    <t>CAS_6190-65-4</t>
+  </si>
+  <si>
+    <t>0.200000000</t>
+  </si>
+  <si>
+    <t>Desethylterbuthylazine</t>
+  </si>
+  <si>
+    <t>CAS_30125-63-4</t>
+  </si>
+  <si>
+    <t>ES,PT</t>
+  </si>
+  <si>
+    <t>Desisopropylatrazine</t>
+  </si>
+  <si>
+    <t>CAS_1007-28-9</t>
+  </si>
+  <si>
+    <t>Desmedipham</t>
+  </si>
+  <si>
+    <t>CAS_13684-56-5</t>
+  </si>
+  <si>
+    <t>2019-07-01</t>
+  </si>
+  <si>
+    <t>15.000000000</t>
+  </si>
+  <si>
+    <t>Desmetryn</t>
+  </si>
+  <si>
+    <t>CAS_1014-69-3</t>
+  </si>
+  <si>
+    <t>Diazinon</t>
+  </si>
+  <si>
+    <t>CAS_333-41-5</t>
+  </si>
+  <si>
+    <t>DE,IR,UK</t>
+  </si>
+  <si>
+    <t>CH,IR,UK</t>
+  </si>
+  <si>
+    <t>Dicamba</t>
+  </si>
+  <si>
+    <t>CAS_1918-00-9</t>
+  </si>
+  <si>
+    <t>Dichlobenil</t>
+  </si>
+  <si>
+    <t>CAS_1194-65-6</t>
+  </si>
+  <si>
+    <t>Dichlorprop (2,4-DP)</t>
+  </si>
+  <si>
+    <t>CAS_120-36-5</t>
+  </si>
+  <si>
+    <t>200.000000000</t>
+  </si>
+  <si>
+    <t>Dichlorprop-P</t>
+  </si>
+  <si>
+    <t>CAS_15165-67-0</t>
+  </si>
+  <si>
+    <t>0.76</t>
+  </si>
+  <si>
+    <t>Dichlorvos</t>
+  </si>
+  <si>
+    <t>CAS_62-73-7</t>
+  </si>
+  <si>
+    <t>2008-12-06</t>
+  </si>
+  <si>
+    <t>0.000700000</t>
+  </si>
+  <si>
+    <t>Dicofol</t>
+  </si>
+  <si>
+    <t>CAS_115-32-2</t>
+  </si>
+  <si>
+    <t>2010-03-30</t>
+  </si>
+  <si>
+    <t>0.001300000</t>
+  </si>
+  <si>
+    <t>Dieldrin</t>
+  </si>
+  <si>
+    <t>CAS_60-57-1</t>
+  </si>
+  <si>
+    <t>Difenoconazole</t>
+  </si>
+  <si>
+    <t>CAS_119446-68-3</t>
+  </si>
+  <si>
+    <t>2026-03-15</t>
+  </si>
+  <si>
+    <t>0.36</t>
+  </si>
+  <si>
+    <t>Diflufenican</t>
+  </si>
+  <si>
+    <t>CAS_83164-33-4</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>WL-4</t>
+  </si>
+  <si>
+    <t>Dimethachlor</t>
+  </si>
+  <si>
+    <t>CAS_50563-36-5</t>
+  </si>
+  <si>
+    <t>2026-10-15</t>
+  </si>
+  <si>
+    <t>0.090000000</t>
+  </si>
+  <si>
+    <t>Dimethenamid ESA</t>
+  </si>
+  <si>
+    <t>CAS_205939-58-8</t>
+  </si>
+  <si>
+    <t>Dimethenamid OA</t>
+  </si>
+  <si>
+    <t>CAS_380412-59-9</t>
+  </si>
+  <si>
+    <t>Dimethoate</t>
+  </si>
+  <si>
+    <t>CAS_60-51-5</t>
+  </si>
+  <si>
+    <t>2019-06-30</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Dimethomorph</t>
+  </si>
+  <si>
+    <t>CAS_110488-70-5</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>Dimoxystrobin</t>
+  </si>
+  <si>
+    <t>CAS_149961-52-4</t>
+  </si>
+  <si>
+    <t>0.032</t>
+  </si>
+  <si>
+    <t>WL-3,4</t>
+  </si>
+  <si>
+    <t>Dinitro-o-cresol (DNOC)</t>
+  </si>
+  <si>
+    <t>CAS_534-52-1</t>
+  </si>
+  <si>
+    <t>Dinoseb</t>
+  </si>
+  <si>
+    <t>CAS_88-85-7</t>
+  </si>
+  <si>
+    <t>Diphenylamine</t>
+  </si>
+  <si>
+    <t>CAS_122-39-4</t>
+  </si>
+  <si>
+    <t>1.600000000</t>
+  </si>
+  <si>
+    <t>31.000000000</t>
+  </si>
+  <si>
+    <t>Disulfoton</t>
+  </si>
+  <si>
+    <t>CAS_298-04-4</t>
+  </si>
+  <si>
+    <t>0.004</t>
+  </si>
+  <si>
+    <t>Diuron</t>
+  </si>
+  <si>
+    <t>CAS_330-54-1</t>
+  </si>
+  <si>
+    <t>2020-09-30</t>
+  </si>
+  <si>
+    <t>1.800000000</t>
+  </si>
+  <si>
+    <t>Endosulfan</t>
+  </si>
+  <si>
+    <t>CAS_115-29-7</t>
+  </si>
+  <si>
+    <t>2007-06-02</t>
+  </si>
+  <si>
+    <t>Endrin</t>
+  </si>
+  <si>
+    <t>CAS_72-20-8</t>
+  </si>
+  <si>
+    <t>Epoxiconazole</t>
+  </si>
+  <si>
+    <t>CAS_133855-98-8</t>
+  </si>
+  <si>
+    <t>2020-04-30</t>
+  </si>
+  <si>
+    <t>0.18</t>
+  </si>
+  <si>
+    <t>0.240000000</t>
+  </si>
+  <si>
+    <t>CH,DE</t>
+  </si>
+  <si>
+    <t>Epsilon-HCH</t>
+  </si>
+  <si>
+    <t>CAS_6108-10-7</t>
+  </si>
+  <si>
+    <t>Ethanimidamide</t>
+  </si>
+  <si>
+    <t>CAS_135410-20-7</t>
+  </si>
+  <si>
+    <t>Ethiofencarb</t>
+  </si>
+  <si>
+    <t>CAS_29973-13-5</t>
+  </si>
+  <si>
+    <t>Ethion</t>
+  </si>
+  <si>
+    <t>CAS_563-12-2</t>
+  </si>
+  <si>
+    <t>Ethirimol</t>
+  </si>
+  <si>
+    <t>CAS_23947-60-6</t>
+  </si>
+  <si>
+    <t>Ethofumesate</t>
+  </si>
+  <si>
+    <t>CAS_26225-79-6</t>
+  </si>
+  <si>
+    <t>2031-10-31</t>
+  </si>
+  <si>
+    <t>6.400000000</t>
+  </si>
+  <si>
+    <t>50.000000000</t>
+  </si>
+  <si>
+    <t>Etofenprox</t>
+  </si>
+  <si>
+    <t>CAS_80844-07-1</t>
+  </si>
+  <si>
+    <t>Famoxadone</t>
+  </si>
+  <si>
+    <t>CAS_131807-57-3</t>
+  </si>
+  <si>
+    <t>0.0085</t>
+  </si>
+  <si>
+    <t>Fenamidone</t>
+  </si>
+  <si>
+    <t>CAS_161326-34-7</t>
+  </si>
+  <si>
+    <t>Fenamiphos</t>
+  </si>
+  <si>
+    <t>CAS_22224-92-6</t>
+  </si>
+  <si>
+    <t>Nematicide</t>
+  </si>
+  <si>
+    <t>0.012</t>
+  </si>
+  <si>
+    <t>0.027</t>
+  </si>
+  <si>
+    <t>Fenazaquin</t>
+  </si>
+  <si>
+    <t>CAS_120928-09-8</t>
+  </si>
+  <si>
+    <t>2026-08-31</t>
+  </si>
+  <si>
+    <t>Fenbuconazole</t>
+  </si>
+  <si>
+    <t>CAS_114369-43-6</t>
+  </si>
+  <si>
+    <t>Fenbutatin oxide</t>
+  </si>
+  <si>
+    <t>CAS_13356-08-6</t>
+  </si>
+  <si>
+    <t>2014-06-02</t>
+  </si>
+  <si>
+    <t>Fenhexamid</t>
+  </si>
+  <si>
+    <t>CAS_126833-17-8</t>
+  </si>
+  <si>
+    <t>Fenitrothion</t>
+  </si>
+  <si>
+    <t>CAS_122-14-5</t>
+  </si>
+  <si>
+    <t>2008-11-25</t>
+  </si>
+  <si>
+    <t>0.000900000</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Fenoprop</t>
+  </si>
+  <si>
+    <t>CAS_93-72-1</t>
+  </si>
+  <si>
+    <t>Fenoxaprop</t>
+  </si>
+  <si>
+    <t>CAS_95617-09-7</t>
+  </si>
+  <si>
+    <t>Fenpropimorph</t>
+  </si>
+  <si>
+    <t>CAS_67564-91-4</t>
+  </si>
+  <si>
+    <t>2019-04-30</t>
+  </si>
+  <si>
+    <t>Fenpyroximate</t>
+  </si>
+  <si>
+    <t>CAS_134098-61-6</t>
+  </si>
+  <si>
+    <t>2026-06-15</t>
+  </si>
+  <si>
+    <t>Fenthion</t>
+  </si>
+  <si>
+    <t>CAS_55-38-9</t>
+  </si>
+  <si>
+    <t>0.000200000</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Fipronil</t>
+  </si>
+  <si>
+    <t>CAS_120068-37-3</t>
+  </si>
+  <si>
+    <t>0.00077</t>
+  </si>
+  <si>
+    <t>WL-4,5</t>
+  </si>
+  <si>
+    <t>Fluazifop-P-butyl</t>
+  </si>
+  <si>
+    <t>CAS_79241-46-6</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>Flucythrinate</t>
+  </si>
+  <si>
+    <t>CAS_70124-77-5</t>
+  </si>
+  <si>
+    <t>Flufenacet ESA</t>
+  </si>
+  <si>
+    <t>CAS_201668-32-8</t>
+  </si>
+  <si>
+    <t>760.000000000</t>
+  </si>
+  <si>
+    <t>980.000000000</t>
+  </si>
+  <si>
+    <t>Fluquinconazole</t>
+  </si>
+  <si>
+    <t>CAS_136426-54-5</t>
+  </si>
+  <si>
+    <t>2021-12-31</t>
+  </si>
+  <si>
+    <t>Fluroxypyr-meptyl</t>
+  </si>
+  <si>
+    <t>CAS_81406-37-3</t>
+  </si>
+  <si>
+    <t>2027-02-15</t>
+  </si>
+  <si>
+    <t>Flurtamone</t>
+  </si>
+  <si>
+    <t>CAS_96525-23-4</t>
+  </si>
+  <si>
+    <t>Flusilazole</t>
+  </si>
+  <si>
+    <t>CAS_85509-19-9</t>
+  </si>
+  <si>
+    <t>Flutriafol</t>
+  </si>
+  <si>
+    <t>CAS_76674-21-0</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Fluxapyroxad</t>
+  </si>
+  <si>
+    <t>CAS_907204-31-3</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>Folpet</t>
+  </si>
+  <si>
+    <t>CAS_133-07-3</t>
+  </si>
+  <si>
+    <t>Fomesafen</t>
+  </si>
+  <si>
+    <t>CAS_72178-02-0</t>
+  </si>
+  <si>
+    <t>Formothion</t>
+  </si>
+  <si>
+    <t>CAS_2540-82-1</t>
+  </si>
+  <si>
+    <t>Furalaxyl</t>
+  </si>
+  <si>
+    <t>CAS_57646-30-7</t>
+  </si>
+  <si>
+    <t>Furilazole</t>
+  </si>
+  <si>
+    <t>CAS_121776-33-8</t>
+  </si>
+  <si>
+    <t>gamma-HCH (Lindane)</t>
+  </si>
+  <si>
+    <t>CAS_58-89-9</t>
+  </si>
+  <si>
+    <t>2002-12-20</t>
+  </si>
+  <si>
+    <t>Glyphosate</t>
+  </si>
+  <si>
+    <t>CAS_1071-83-6</t>
+  </si>
+  <si>
+    <t>2033-12-15</t>
+  </si>
+  <si>
+    <t>197.000000000</t>
+  </si>
+  <si>
+    <t>Heptachlor</t>
+  </si>
+  <si>
+    <t>CAS_76-44-8</t>
+  </si>
+  <si>
+    <t>Heptachlor and heptachlor epoxide</t>
+  </si>
+  <si>
+    <t>EEA_33-50-1</t>
+  </si>
+  <si>
+    <t>0.000000200</t>
+  </si>
+  <si>
+    <t>0.000300000</t>
+  </si>
+  <si>
+    <t>Heptachlor epoxide</t>
+  </si>
+  <si>
+    <t>CAS_1024-57-3</t>
+  </si>
+  <si>
+    <t>Heptenophos</t>
+  </si>
+  <si>
+    <t>CAS_23560-59-0</t>
+  </si>
+  <si>
+    <t>0.0002000000</t>
+  </si>
+  <si>
+    <t>Hexachlorobenzene</t>
+  </si>
+  <si>
+    <t>CAS_118-74-1</t>
+  </si>
+  <si>
+    <t>PS-1,2</t>
+  </si>
+  <si>
+    <t>Hexachlorocyclohexane</t>
+  </si>
+  <si>
+    <t>CAS_608-73-1</t>
+  </si>
+  <si>
+    <t>Hexazinone</t>
+  </si>
+  <si>
+    <t>CAS_51235-04-2</t>
+  </si>
+  <si>
+    <t>0.048000000</t>
+  </si>
+  <si>
+    <t>Hydrogen cyanide</t>
+  </si>
+  <si>
+    <t>CAS_74-90-8</t>
+  </si>
+  <si>
+    <t>Biocide, insecticide</t>
+  </si>
+  <si>
+    <t>BU,GR,ES</t>
+  </si>
+  <si>
+    <t>Hydroxyatrazine</t>
+  </si>
+  <si>
+    <t>CAS_2163-68-0</t>
+  </si>
+  <si>
+    <t>Hydroxysimazine</t>
+  </si>
+  <si>
+    <t>CAS_2599-11-3</t>
+  </si>
+  <si>
+    <t>Hydroxyterbuthylazine</t>
+  </si>
+  <si>
+    <t>CAS_66753-07-9</t>
+  </si>
+  <si>
     <t>Herbicide, Metabolite</t>
   </si>
   <si>
-    <t>2-chloroethylphosphonic acid</t>
-[...731 lines deleted...]
-    <t>CAS_608-73-1</t>
+    <t>Imazalil</t>
+  </si>
+  <si>
+    <t>CAS_35554-44-0</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> WL-3,4</t>
+  </si>
+  <si>
+    <t>Imazamox</t>
+  </si>
+  <si>
+    <t>CAS_182636-13-1</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>Imidacloprid</t>
+  </si>
+  <si>
+    <t>CAS_138261-41-3</t>
+  </si>
+  <si>
+    <t>2020-12-01</t>
+  </si>
+  <si>
+    <t>Iodofenphos</t>
+  </si>
+  <si>
+    <t>CAS_18181-70-9</t>
+  </si>
+  <si>
+    <t>Iodosulfuron-methyl</t>
+  </si>
+  <si>
+    <t>CAS_185119-76-0</t>
+  </si>
+  <si>
+    <t>Ioxynil</t>
+  </si>
+  <si>
+    <t>CAS_1689-83-4</t>
+  </si>
+  <si>
+    <t>2015-02-28</t>
+  </si>
+  <si>
+    <t>Ipconazole</t>
+  </si>
+  <si>
+    <t>CAS_125225-28-7</t>
+  </si>
+  <si>
+    <t>2023-05-31</t>
+  </si>
+  <si>
+    <t>0.044</t>
+  </si>
+  <si>
+    <t>Iprodione</t>
+  </si>
+  <si>
+    <t>CAS_36734-19-7</t>
+  </si>
+  <si>
+    <t>2017-10-31</t>
+  </si>
+  <si>
+    <t>0.35</t>
+  </si>
+  <si>
+    <t>Isobenzane</t>
+  </si>
+  <si>
+    <t>CAS_297-78-9</t>
   </si>
   <si>
     <t>Isodrin</t>
   </si>
   <si>
     <t>CAS_465-73-6</t>
   </si>
   <si>
     <t>Isoproturon</t>
   </si>
   <si>
     <t>CAS_34123-59-6</t>
   </si>
   <si>
     <t>2015-12-31</t>
   </si>
   <si>
-    <t>Difenoconazole</t>
-[...86 lines deleted...]
-    <t>CAS_298-04-4</t>
+    <t>Isoxaflutole</t>
+  </si>
+  <si>
+    <t>CAS_141112-29-0</t>
+  </si>
+  <si>
+    <t>2034-07-31</t>
+  </si>
+  <si>
+    <t>Kresoxim-methyl</t>
+  </si>
+  <si>
+    <t>CAS_143390-89-0</t>
+  </si>
+  <si>
+    <t>Lenacil</t>
+  </si>
+  <si>
+    <t>CAS_2164-08-1</t>
+  </si>
+  <si>
+    <t>2025-08-15</t>
+  </si>
+  <si>
+    <t>Linuron</t>
+  </si>
+  <si>
+    <t>CAS_330-55-2</t>
+  </si>
+  <si>
+    <t>2017-07-31</t>
+  </si>
+  <si>
+    <t>0.290000000</t>
+  </si>
+  <si>
+    <t>Malathion</t>
+  </si>
+  <si>
+    <t>CAS_121-75-5</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>0.000800000</t>
+  </si>
+  <si>
+    <t>0.003000000</t>
+  </si>
+  <si>
+    <t>Maleinhydrazid</t>
+  </si>
+  <si>
+    <t>CAS_123-33-1</t>
+  </si>
+  <si>
+    <t>MCPA</t>
+  </si>
+  <si>
+    <t>CAS_94-74-6</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>MCPB</t>
+  </si>
+  <si>
+    <t>CAS_94-81-5</t>
+  </si>
+  <si>
+    <t>Mecoprop</t>
+  </si>
+  <si>
+    <t>CAS_7085-19-0</t>
+  </si>
+  <si>
+    <t>2017-01-31</t>
+  </si>
+  <si>
+    <t>40.000000000</t>
+  </si>
+  <si>
+    <t>AT,CZ,EL,FR,SE,SI</t>
+  </si>
+  <si>
+    <t>Mecoprop-P (MCPP-P)</t>
+  </si>
+  <si>
+    <t>CAS_16484-77-8</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Mefentrifluconazole</t>
+  </si>
+  <si>
+    <t>CAS_1417782-03-6</t>
+  </si>
+  <si>
+    <t>2029-03-20</t>
+  </si>
+  <si>
+    <t>1.6</t>
+  </si>
+  <si>
+    <t>Metaflumizone</t>
+  </si>
+  <si>
+    <t>CAS_139968-49-3</t>
+  </si>
+  <si>
+    <t>Insecticide, Veterinary substance</t>
+  </si>
+  <si>
+    <t>0.065</t>
+  </si>
+  <si>
+    <t>WL-2,3</t>
+  </si>
+  <si>
+    <t>Metalaxyl</t>
+  </si>
+  <si>
+    <t>CAS_57837-19-1</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>Metalaxyl-M</t>
+  </si>
+  <si>
+    <t>CAS_70630-17-0</t>
+  </si>
+  <si>
+    <t>2035-05-31</t>
+  </si>
+  <si>
+    <t>Metaldehyde</t>
+  </si>
+  <si>
+    <t>CAS_108-62-3</t>
+  </si>
+  <si>
+    <t>Molluscicide</t>
+  </si>
+  <si>
+    <t>60.6</t>
+  </si>
+  <si>
+    <t>Metamitron</t>
+  </si>
+  <si>
+    <t>CAS_41394-05-2</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>32.000000000</t>
+  </si>
+  <si>
+    <t>Metazachlor</t>
+  </si>
+  <si>
+    <t>CAS_67129-08-2</t>
+  </si>
+  <si>
+    <t>0.008000000</t>
+  </si>
+  <si>
+    <t>0.0480000000</t>
+  </si>
+  <si>
+    <t>Metconazole</t>
+  </si>
+  <si>
+    <t>CAS_125116-23-6</t>
+  </si>
+  <si>
+    <t>2031-08-31</t>
+  </si>
+  <si>
+    <t>0.029</t>
+  </si>
+  <si>
+    <t>Methabenzthiazuron</t>
+  </si>
+  <si>
+    <t>CAS_18691-97-9</t>
+  </si>
+  <si>
+    <t>1.8</t>
+  </si>
+  <si>
+    <t>Methamidophos</t>
+  </si>
+  <si>
+    <t>CAS_10265-92-6</t>
+  </si>
+  <si>
+    <t>2008-06-30</t>
+  </si>
+  <si>
+    <t>DE,EL,IT</t>
+  </si>
+  <si>
+    <t>Methidathion</t>
+  </si>
+  <si>
+    <t>CAS_950-37-8</t>
+  </si>
+  <si>
+    <t>Methiocarb</t>
+  </si>
+  <si>
+    <t>CAS_2032-65-7</t>
+  </si>
+  <si>
+    <t>2019-10-03</t>
+  </si>
+  <si>
+    <t>0.770000000</t>
+  </si>
+  <si>
+    <t>Methomyl</t>
+  </si>
+  <si>
+    <t>CAS_16752-77-5</t>
+  </si>
+  <si>
+    <t>2019-08-31</t>
+  </si>
+  <si>
+    <t>Methoxychlor</t>
+  </si>
+  <si>
+    <t>CAS_72-43-5</t>
+  </si>
+  <si>
+    <t>Metolachlor</t>
+  </si>
+  <si>
+    <t>CAS_51218-45-2</t>
+  </si>
+  <si>
+    <t>0.07</t>
+  </si>
+  <si>
+    <t>Metosulam</t>
+  </si>
+  <si>
+    <t>CAS_139528-85-1</t>
+  </si>
+  <si>
+    <t>2021-04-30</t>
+  </si>
+  <si>
+    <t>Metribuzin</t>
+  </si>
+  <si>
+    <t>CAS_21087-64-9</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>0.058000000</t>
+  </si>
+  <si>
+    <t>0.870000000</t>
+  </si>
+  <si>
+    <t>Metsulfuronmethyl</t>
+  </si>
+  <si>
+    <t>CAS_74223-64-6</t>
+  </si>
+  <si>
+    <t>Mevinphos</t>
+  </si>
+  <si>
+    <t>CAS_7786-34-7</t>
+  </si>
+  <si>
+    <t>0.000017</t>
+  </si>
+  <si>
+    <t>0.0017</t>
+  </si>
+  <si>
+    <t>Mirex</t>
+  </si>
+  <si>
+    <t>CAS_2385-85-5</t>
+  </si>
+  <si>
+    <t>Molinate</t>
+  </si>
+  <si>
+    <t>CAS_2212-67-1</t>
+  </si>
+  <si>
+    <t>2014-07-31</t>
+  </si>
+  <si>
+    <t>Monolinuron</t>
+  </si>
+  <si>
+    <t>CAS_1746-81-2</t>
+  </si>
+  <si>
+    <t>0.15</t>
+  </si>
+  <si>
+    <t>Myclobutanil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAS_88671-89-0 </t>
+  </si>
+  <si>
+    <t>N,N-dimethylsulfamide</t>
+  </si>
+  <si>
+    <t>CAS_3984-14-3</t>
+  </si>
+  <si>
+    <t>Neburon</t>
+  </si>
+  <si>
+    <t>CAS_555-37-3</t>
+  </si>
+  <si>
+    <t>Nicosulfuron</t>
+  </si>
+  <si>
+    <t>CAS_111991-09-4</t>
+  </si>
+  <si>
+    <t>0.008700000</t>
+  </si>
+  <si>
+    <t>0.230000000</t>
+  </si>
+  <si>
+    <t>Nitrophen</t>
+  </si>
+  <si>
+    <t>CAS_1836-75-5</t>
+  </si>
+  <si>
+    <t>Nonylphenol</t>
+  </si>
+  <si>
+    <t>CAS_25154-52-3</t>
+  </si>
+  <si>
+    <t>Nonylphenol ethoxylate</t>
+  </si>
+  <si>
+    <t>CAS_9016-45-9</t>
+  </si>
+  <si>
+    <t>o,p'-DDD</t>
+  </si>
+  <si>
+    <t>CAS_53-19-0</t>
+  </si>
+  <si>
+    <t>Insecticide, Metabolite</t>
+  </si>
+  <si>
+    <t>6.25</t>
+  </si>
+  <si>
+    <t>o,p'-DDE</t>
+  </si>
+  <si>
+    <t>CAS_3424-82-6</t>
+  </si>
+  <si>
+    <t>Omethoate</t>
+  </si>
+  <si>
+    <t>CAS_1113-02-6</t>
+  </si>
+  <si>
+    <t>0.220000000</t>
+  </si>
+  <si>
+    <t>Oxadiazon</t>
+  </si>
+  <si>
+    <t>CAS_19666-30-9</t>
+  </si>
+  <si>
+    <t>0.088000000</t>
+  </si>
+  <si>
+    <t>WL-1</t>
+  </si>
+  <si>
+    <t>p,p'-DDD</t>
+  </si>
+  <si>
+    <t>CAS_72-54-8</t>
+  </si>
+  <si>
+    <t>p,p'-DDE</t>
+  </si>
+  <si>
+    <t>CAS_72-55-9</t>
+  </si>
+  <si>
+    <t>Parathion</t>
+  </si>
+  <si>
+    <t>CAS_56-38-2</t>
+  </si>
+  <si>
+    <t>2003-07-09</t>
+  </si>
+  <si>
+    <t>0.004000000</t>
+  </si>
+  <si>
+    <t>BE,LU</t>
+  </si>
+  <si>
+    <t>Parathion-methyl</t>
+  </si>
+  <si>
+    <t>CAS_298-00-0</t>
+  </si>
+  <si>
+    <t>2005-03-10</t>
+  </si>
+  <si>
+    <t>Penconazole</t>
+  </si>
+  <si>
+    <t>CAS_66246-88-6</t>
+  </si>
+  <si>
+    <t>1.700000000</t>
+  </si>
+  <si>
+    <t>Pendimethalin</t>
+  </si>
+  <si>
+    <t>CAS_40487-42-1</t>
+  </si>
+  <si>
+    <t>2027-01-15</t>
   </si>
   <si>
     <t>Pentachlorophenol</t>
   </si>
   <si>
     <t>CAS_87-86-5</t>
   </si>
   <si>
     <t>Insecticide, Herbicide, Fungicide, Molluscicide</t>
   </si>
   <si>
+    <t>0.4</t>
+  </si>
+  <si>
+    <t>Permethrin-cis+trans</t>
+  </si>
+  <si>
+    <t>CAS_52645-53-1</t>
+  </si>
+  <si>
+    <t>0.001000000</t>
+  </si>
+  <si>
+    <t>Pethoxamid</t>
+  </si>
+  <si>
+    <t>CAS_106700-29-2</t>
+  </si>
+  <si>
+    <t>2033-11-30</t>
+  </si>
+  <si>
+    <t>Phosalone</t>
+  </si>
+  <si>
+    <t>CAS_2310-17-0</t>
+  </si>
+  <si>
+    <t>Phosphorothioic acid</t>
+  </si>
+  <si>
+    <t>CAS_38260-54-7</t>
+  </si>
+  <si>
+    <t>Phoxim</t>
+  </si>
+  <si>
+    <t>CAS_14816-18-3</t>
+  </si>
+  <si>
+    <t>0.008</t>
+  </si>
+  <si>
+    <t>Picolinafen</t>
+  </si>
+  <si>
+    <t>CAS_137641-05-5</t>
+  </si>
+  <si>
+    <t>0.007</t>
+  </si>
+  <si>
+    <t>Pirimicarb</t>
+  </si>
+  <si>
+    <t>CAS_23103-98-2</t>
+  </si>
+  <si>
+    <t>CH,DE,NL,SE</t>
+  </si>
+  <si>
+    <t>CH,NL</t>
+  </si>
+  <si>
+    <t>Pirimiphos-ethyl</t>
+  </si>
+  <si>
+    <t>CAS_23505-41-1</t>
+  </si>
+  <si>
+    <t>Pirimiphos-methyl</t>
+  </si>
+  <si>
+    <t>CAS_29232-93-7</t>
+  </si>
+  <si>
+    <t>0.0005</t>
+  </si>
+  <si>
+    <t>0.0016</t>
+  </si>
+  <si>
+    <t>Primisulfuron-methyl</t>
+  </si>
+  <si>
+    <t>CAS_86209-51-0</t>
+  </si>
+  <si>
+    <t>2022-07-31</t>
+  </si>
+  <si>
+    <t>Prochloraz</t>
+  </si>
+  <si>
+    <t>CAS_67747-09-5</t>
+  </si>
+  <si>
+    <t>0.161</t>
+  </si>
+  <si>
+    <t>Procymidone</t>
+  </si>
+  <si>
+    <t>CAS_32809-16-8</t>
+  </si>
+  <si>
+    <t>Prometon</t>
+  </si>
+  <si>
+    <t>CAS_1610-18-0</t>
+  </si>
+  <si>
+    <t>Prometryn</t>
+  </si>
+  <si>
+    <t>CAS_7287-19-6</t>
+  </si>
+  <si>
+    <t>Propanil</t>
+  </si>
+  <si>
+    <t>CAS_709-98-8</t>
+  </si>
+  <si>
+    <t>Propazine</t>
+  </si>
+  <si>
+    <t>CAS_139-40-2</t>
+  </si>
+  <si>
+    <t>0.250000000</t>
+  </si>
+  <si>
+    <t>Propetamphos</t>
+  </si>
+  <si>
+    <t>CAS_31218-83-4</t>
+  </si>
+  <si>
+    <t>Propiconazole</t>
+  </si>
+  <si>
+    <t>CAS_60207-90-1</t>
+  </si>
+  <si>
+    <t>2018-12-19</t>
+  </si>
+  <si>
+    <t>AT,DE,FR,SE,SI</t>
+  </si>
+  <si>
+    <t>Propoxur</t>
+  </si>
+  <si>
+    <t>CAS_114-26-1</t>
+  </si>
+  <si>
+    <t>Propyzamide</t>
+  </si>
+  <si>
+    <t>CAS_23950-58-5</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>Prosulfuron</t>
+  </si>
+  <si>
+    <t>CAS_94125-34-5</t>
+  </si>
+  <si>
+    <t>Prothioconazole</t>
+  </si>
+  <si>
+    <t>CAS_178928-70-6</t>
+  </si>
+  <si>
+    <t>Pyrazophos</t>
+  </si>
+  <si>
+    <t>CAS_13457-18-6</t>
+  </si>
+  <si>
+    <t>Pyridaben</t>
+  </si>
+  <si>
+    <t>CAS_96489-71-3</t>
+  </si>
+  <si>
+    <t>0.00094</t>
+  </si>
+  <si>
+    <t>0.0012</t>
+  </si>
+  <si>
+    <t>Pyridate</t>
+  </si>
+  <si>
+    <t>CAS_55512-33-9</t>
+  </si>
+  <si>
+    <t>Pyrimethanil</t>
+  </si>
+  <si>
+    <t>CAS_53112-28-0</t>
+  </si>
+  <si>
+    <t>Quinoxyfen</t>
+  </si>
+  <si>
+    <t>CAS_124495-18-7</t>
+  </si>
+  <si>
+    <t>2018-12-27</t>
+  </si>
+  <si>
+    <t>2.700000000</t>
+  </si>
+  <si>
+    <t>Quintozene</t>
+  </si>
+  <si>
+    <t>CAS_82-68-8</t>
+  </si>
+  <si>
+    <t>Quizalofop-P-ethyl</t>
+  </si>
+  <si>
+    <t>CAS_100646-51-3</t>
+  </si>
+  <si>
+    <t>Sebuthylazine</t>
+  </si>
+  <si>
+    <t>CAS_7286-69-3</t>
+  </si>
+  <si>
+    <t>Secbumeton</t>
+  </si>
+  <si>
+    <t>CAS_26259-45-0</t>
+  </si>
+  <si>
     <t>Simazine</t>
   </si>
   <si>
     <t>CAS_122-34-9</t>
   </si>
   <si>
     <t>2005-09-10</t>
   </si>
   <si>
+    <t>4.000000000</t>
+  </si>
+  <si>
+    <t>Sulfosulfuron</t>
+  </si>
+  <si>
+    <t>CAS_141776-32-1</t>
+  </si>
+  <si>
+    <t>Tebuconazole</t>
+  </si>
+  <si>
+    <t>CAS_107534-96-3</t>
+  </si>
+  <si>
+    <t>Tebufenozide</t>
+  </si>
+  <si>
+    <t>CAS_112410-23-8</t>
+  </si>
+  <si>
+    <t>Terbufos</t>
+  </si>
+  <si>
+    <t>CAS_13071-79-9</t>
+  </si>
+  <si>
+    <t>Terbumeton</t>
+  </si>
+  <si>
+    <t>CAS_33693-04-8</t>
+  </si>
+  <si>
+    <t>Terbuthylazine</t>
+  </si>
+  <si>
+    <t>CAS_5915-41-3</t>
+  </si>
+  <si>
+    <t>IT,NL</t>
+  </si>
+  <si>
+    <t>Terbutryn</t>
+  </si>
+  <si>
+    <t>CAS_886-50-0</t>
+  </si>
+  <si>
+    <t>2002-11-20</t>
+  </si>
+  <si>
+    <t>0.065000000</t>
+  </si>
+  <si>
+    <t>Tetraconazole</t>
+  </si>
+  <si>
+    <t>CAS_112281-77-3</t>
+  </si>
+  <si>
+    <t>1.9</t>
+  </si>
+  <si>
+    <t>Tetrasul</t>
+  </si>
+  <si>
+    <t>CAS_2227-13-6</t>
+  </si>
+  <si>
+    <t>Thiabendazole</t>
+  </si>
+  <si>
+    <t>CAS_148-79-8</t>
+  </si>
+  <si>
+    <t>2032-03-31</t>
+  </si>
+  <si>
+    <t>1.2</t>
+  </si>
+  <si>
+    <t>Thiacloprid</t>
+  </si>
+  <si>
+    <t>CAS_111988-49-9</t>
+  </si>
+  <si>
+    <t>2020-02-03</t>
+  </si>
+  <si>
+    <t>Thiamethoxam</t>
+  </si>
+  <si>
+    <t>CAS_153719-23-4</t>
+  </si>
+  <si>
+    <t>1.400000000</t>
+  </si>
+  <si>
+    <t>Thiobencarb</t>
+  </si>
+  <si>
+    <t>CAS_28249-77-6</t>
+  </si>
+  <si>
+    <t>Thiram</t>
+  </si>
+  <si>
+    <t>CAS_137-26-8</t>
+  </si>
+  <si>
+    <t>2018-10-30</t>
+  </si>
+  <si>
+    <t>Tiocarbazil</t>
+  </si>
+  <si>
+    <t>CAS_36756-79-3</t>
+  </si>
+  <si>
+    <t>Tolclofos methyl</t>
+  </si>
+  <si>
+    <t>CAS_57018-04-9</t>
+  </si>
+  <si>
+    <t>7.1</t>
+  </si>
+  <si>
+    <t>Total cyclodiene pesticides (aldrin + dieldrin + endrin + isodrin)</t>
+  </si>
+  <si>
+    <t>EEA_32-02-0</t>
+  </si>
+  <si>
+    <t>Total DDT (DDT, p,p' + DDT, o,p' + DDE, p,p' + DDD, p,p')</t>
+  </si>
+  <si>
+    <t>EEA_32-03-1</t>
+  </si>
+  <si>
+    <t>0.025000000</t>
+  </si>
+  <si>
+    <t>Toxaphene</t>
+  </si>
+  <si>
+    <t>CAS_8001-35-2</t>
+  </si>
+  <si>
+    <t>Tralkoxydim</t>
+  </si>
+  <si>
+    <t>CAS_87820-88-0</t>
+  </si>
+  <si>
+    <t>trans-Nonachlor</t>
+  </si>
+  <si>
+    <t>CAS_39765-80-5</t>
+  </si>
+  <si>
+    <t>Triadimefon</t>
+  </si>
+  <si>
+    <t>CAS_43121-43-3</t>
+  </si>
+  <si>
+    <t>Fungicide, Metabolite</t>
+  </si>
+  <si>
+    <t>Tri-allate</t>
+  </si>
+  <si>
+    <t>CAS_2303-17-5</t>
+  </si>
+  <si>
+    <t>0.670000000</t>
+  </si>
+  <si>
+    <t>Triasulfuron</t>
+  </si>
+  <si>
+    <t>CAS_82097-50-5</t>
+  </si>
+  <si>
+    <t>Triazophos</t>
+  </si>
+  <si>
+    <t>CAS_24017-47-8</t>
+  </si>
+  <si>
+    <t>Insecticide, Acaricide, Nematicide</t>
+  </si>
+  <si>
+    <t>0.0001</t>
+  </si>
+  <si>
+    <t>0.002</t>
+  </si>
+  <si>
+    <t>DE, NL</t>
+  </si>
+  <si>
+    <t>Triazoxide</t>
+  </si>
+  <si>
+    <t>CAS_72459-58-6</t>
+  </si>
+  <si>
+    <t>Trichlorfon</t>
+  </si>
+  <si>
+    <t>CAS_52-68-6</t>
+  </si>
+  <si>
+    <t>Trichloroacetic acid</t>
+  </si>
+  <si>
+    <t>CAS_76-03-9</t>
+  </si>
+  <si>
+    <t>Trietazine</t>
+  </si>
+  <si>
+    <t>CAS_1912-26-1</t>
+  </si>
+  <si>
+    <t>Triflumizole</t>
+  </si>
+  <si>
+    <t>CAS_68694-11-1</t>
+  </si>
+  <si>
     <t>Trifluralin</t>
   </si>
   <si>
     <t>CAS_1582-09-8</t>
   </si>
   <si>
     <t>2010-06-25</t>
   </si>
   <si>
-    <t>Epoxiconazole</t>
-[...1252 lines deleted...]
-  <si>
     <t>Triticonazole</t>
   </si>
   <si>
     <t>CAS_131983-72-7</t>
   </si>
   <si>
     <t>Vinclozolin</t>
   </si>
   <si>
     <t>CAS_50471-44-8</t>
   </si>
   <si>
     <t>Ziram</t>
   </si>
   <si>
     <t>CAS_137-30-4</t>
-  </si>
-[...1 lines deleted...]
-    <t>2017-2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="238"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-[...5 lines deleted...]
-        <fgColor theme="7" tint="0.79998168889431442"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...47 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF91420D"/>
       <color rgb="FFC45911"/>
       <color rgb="FFF4B083"/>
       <color rgb="FFF7CAAC"/>
       <color rgb="FFFBE4D5"/>
       <color rgb="FFFF9999"/>
       <color rgb="FFFFCCCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>10172702</xdr:colOff>
-      <xdr:row>38</xdr:row>
-      <xdr:rowOff>45720</xdr:rowOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Textfeld 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB97CD3-3583-43C5-9C6E-7D2FD59B0B11}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="182880"/>
-          <a:ext cx="10172702" cy="6812280"/>
+          <a:off x="0" y="190500"/>
+          <a:ext cx="10172702" cy="7734300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="de-DE" sz="1100"/>
             <a:t>The four spreadsheets contain following information:</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="de-DE" sz="1200"/>
         </a:p>
         <a:p>
           <a:r>
+            <a:rPr lang="de-DE" sz="1100" b="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>All substances </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>refers to all pesticides reported in the time period 2013 to 2023 </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>under WISE SoE - Water Quality ICM (WISE-6).</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>Only applicable</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" b="1" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>refers to a</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>ll pesticides included in the indicator</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> assessment.</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:endParaRPr lang="de-DE" sz="1200"/>
+        </a:p>
+        <a:p>
+          <a:r>
             <a:rPr lang="de-DE" sz="1100" b="1"/>
-            <a:t>Annex1_SW (Surface waters) </a:t>
+            <a:t>Annex1</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>_SW </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0"/>
             <a:t>and</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="1"/>
             <a:t> Annex2_GW (Groundwaters)</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="de-DE" sz="1100"/>
-            <a:t>For each pesticide reported in the time period 2013 to 2022 </a:t>
+            <a:t>For each pesticide</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>under WISE SoE - Water Quality ICM (WISE-6) by European countries incl., CAS-number, four specific types of information were assigned</a:t>
+            <a:t> by European countries incl., CAS-number, four specific types of information were assigned</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100"/>
             <a:t>:</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr lvl="1"/>
           <a:r>
             <a:rPr lang="de-DE" sz="1100"/>
             <a:t>1.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0"/>
             <a:t> Number of records (a record is </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>a set of annual concentrations [e.g. single, mean and maximum values] for each year, </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0"/>
             <a:t>substance and monitoring site)</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr lvl="1"/>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0"/>
             <a:t>2. Number of monitoring sites, where this pesticide was reported</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr lvl="1"/>
           <a:r>
-            <a:rPr lang="de-DE" sz="1100" baseline="0"/>
-            <a:t>3. Number of European countries, who reported this pesticide</a:t>
+            <a:rPr lang="de-DE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>3. Number of waterbodies, where this pesticide was reported</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr lvl="1"/>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0"/>
-            <a:t>4. Number of years, in which this pesticide was reported. The number of years is ten in maximum (2013 to 2022).</a:t>
+            <a:t>4. Number of European countries, who reported this pesticide</a:t>
           </a:r>
-          <a:endParaRPr lang="de-DE" sz="1100"/>
+        </a:p>
+        <a:p>
+          <a:pPr lvl="1"/>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" baseline="0"/>
+            <a:t>5. Number of years, in which this pesticide was reported. The number of years is ten in maximum (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>2013 to 2023).</a:t>
+          </a:r>
+          <a:endParaRPr lang="de-DE" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:endParaRPr lang="de-DE" sz="1200"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="1"/>
-            <a:t>Annex3a_2013-2022</a:t>
+            <a:t>Annex3</a:t>
           </a:r>
-          <a:r>
-[...3 lines deleted...]
-          <a:endParaRPr lang="de-DE" sz="1100" b="1"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>For each European country, which reported pesticide data under WISE 6 in time period (a) 2013 to 2022 (corresponds</a:t>
+            <a:t>For each European country, which reported pesticide data under WISE 6 in time period (a) 2013 to 2023 (corresponds</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> to Figure 1 of the indicator) </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>and (b) 2017 to 2022 (corresponds</a:t>
+            <a:t>and (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>b) 2018 to 2023</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>(corresponds</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> to Figure 2)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>, the country area [km²] was assigned (Source: </a:t>
-[...17 lines deleted...]
-            <a:t>). Furthermore, information on numbers of reported pesticides</a:t>
+            <a:t>, information on numbers of reported water bodies and pesticides</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> for both surface waters and groundwater is listed.</a:t>
+            <a:t> for rivers (RW), lakes (LW) and groundwater (GW) is listed.</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>  </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="de-DE" sz="1100"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="1"/>
             <a:t>Annex4 </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>For each pesticide reported in the time period 2013 to 2022 under WISE-6 by European countries incl., CAS-number, the following information were assigned</a:t>
+            <a:t>For each pesticide reported in the time period 2013 to 2023 under WISE-6 by European countries incl., CAS-number, the following information were assigned</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>:</a:t>
           </a:r>
           <a:endParaRPr lang="de-DE" sz="1100"/>
         </a:p>
         <a:p>
           <a:pPr lvl="1"/>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
@@ -4130,51 +4748,51 @@
             </a:rPr>
             <a:t>PS=Priority Substances, PS-1=regulated 2008, PS-2=regulated 2013, PS-1,2=regulated 2008, EQS changed 2013, WL=Watch List; WL-1=according to Commission Implementing </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Decision (EU) 2015/495; WL-2=according to Commission Implementing Decision (EU) 2018/840); WL-3 according to </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>Commission Implementing Decision (EU) 2020/1161; WL-4 according to the Commission Implementing Decision (EU) 2022/1307; D-1= Substance candidates for the list of priority substances under Water Framework Directive; version 4.0, 2021 (</a:t>
+            <a:t>Commission Implementing Decision (EU) 2020/1161; WL-4 according to the Commission Implementing Decision (EU) 2022/1307; WL-5 according to the Commission Implementing Decision (EU) 2025/439; D-1= Substance candidates for the list of priority substances under Water Framework Directive; version 4.0, 2021 (</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="fr-FR" sz="1100" u="sng">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>https://circabc.europa.eu/ui/group/9ab5926d-bed4-4322-9aa7-9964bbe8312d/library/f3f3d157-3099-44a9-8e2e-5ba208ac042c?p=1&amp;n=10&amp;sort=modified_DESC</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" b="0" i="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>)</a:t>
           </a:r>
@@ -4522,18076 +5140,26619 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EF26956-DC4B-40C9-AB09-86E8099D2B68}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="B5" sqref="B5"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="189.81640625" customWidth="1"/>
+    <col min="1" max="1" width="189.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A1" s="5"/>
+    <row r="1" spans="1:1">
+      <c r="A1" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17FF083C-6EA4-472A-A9E0-EA0F2357A74D}">
-  <dimension ref="A1:E282"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6892928-B6C3-401D-99D6-129C51BDF5ED}">
+  <dimension ref="A1:F296"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="K34" sqref="K34"/>
-      <selection pane="bottomLeft" activeCell="O13" sqref="O13"/>
+      <selection pane="bottomLeft" activeCell="K12" sqref="K12"/>
+      <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="65.26953125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="14" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="63" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="22.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="8" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:6" s="3" customFormat="1">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F1" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2">
+        <v>800</v>
+      </c>
+      <c r="C2">
+        <v>350</v>
+      </c>
+      <c r="D2">
+        <v>312</v>
+      </c>
+      <c r="E2">
+        <v>4</v>
+      </c>
+      <c r="F2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3">
+        <v>19420</v>
+      </c>
+      <c r="C3">
+        <v>4913</v>
+      </c>
+      <c r="D3">
+        <v>4475</v>
+      </c>
+      <c r="E3">
+        <v>11</v>
+      </c>
+      <c r="F3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4">
+        <v>3243</v>
+      </c>
+      <c r="C4">
+        <v>1642</v>
+      </c>
+      <c r="D4">
+        <v>1515</v>
+      </c>
+      <c r="E4">
         <v>5</v>
       </c>
-      <c r="B2">
-[...5 lines deleted...]
-      <c r="D2">
+      <c r="F4">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5">
+        <v>6336</v>
+      </c>
+      <c r="C5">
+        <v>1897</v>
+      </c>
+      <c r="D5">
+        <v>1772</v>
+      </c>
+      <c r="E5">
+        <v>5</v>
+      </c>
+      <c r="F5">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6">
+        <v>13488</v>
+      </c>
+      <c r="C6">
+        <v>5558</v>
+      </c>
+      <c r="D6">
+        <v>5071</v>
+      </c>
+      <c r="E6">
+        <v>15</v>
+      </c>
+      <c r="F6">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7">
+        <v>8052</v>
+      </c>
+      <c r="C7">
+        <v>2891</v>
+      </c>
+      <c r="D7">
+        <v>2661</v>
+      </c>
+      <c r="E7">
+        <v>5</v>
+      </c>
+      <c r="F7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8">
+        <v>17886</v>
+      </c>
+      <c r="C8">
+        <v>4958</v>
+      </c>
+      <c r="D8">
+        <v>4656</v>
+      </c>
+      <c r="E8">
+        <v>9</v>
+      </c>
+      <c r="F8">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9">
+        <v>20189</v>
+      </c>
+      <c r="C9">
+        <v>7418</v>
+      </c>
+      <c r="D9">
+        <v>6898</v>
+      </c>
+      <c r="E9">
+        <v>11</v>
+      </c>
+      <c r="F9">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10">
+        <v>17780</v>
+      </c>
+      <c r="C10">
+        <v>7159</v>
+      </c>
+      <c r="D10">
+        <v>6690</v>
+      </c>
+      <c r="E10">
+        <v>11</v>
+      </c>
+      <c r="F10">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11">
+        <v>2851</v>
+      </c>
+      <c r="C11">
+        <v>1492</v>
+      </c>
+      <c r="D11">
+        <v>1399</v>
+      </c>
+      <c r="E11">
+        <v>2</v>
+      </c>
+      <c r="F11">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12">
+        <v>8327</v>
+      </c>
+      <c r="C12">
+        <v>3348</v>
+      </c>
+      <c r="D12">
+        <v>3051</v>
+      </c>
+      <c r="E12">
+        <v>9</v>
+      </c>
+      <c r="F12">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13">
+        <v>25150</v>
+      </c>
+      <c r="C13">
+        <v>7767</v>
+      </c>
+      <c r="D13">
+        <v>7207</v>
+      </c>
+      <c r="E13">
+        <v>15</v>
+      </c>
+      <c r="F13">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14">
+        <v>14536</v>
+      </c>
+      <c r="C14">
+        <v>6018</v>
+      </c>
+      <c r="D14">
+        <v>5589</v>
+      </c>
+      <c r="E14">
+        <v>25</v>
+      </c>
+      <c r="F14">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15">
+        <v>248</v>
+      </c>
+      <c r="C15">
+        <v>144</v>
+      </c>
+      <c r="D15">
+        <v>141</v>
+      </c>
+      <c r="E15">
+        <v>1</v>
+      </c>
+      <c r="F15">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16">
+        <v>2188</v>
+      </c>
+      <c r="C16">
+        <v>1394</v>
+      </c>
+      <c r="D16">
+        <v>1297</v>
+      </c>
+      <c r="E16">
+        <v>1</v>
+      </c>
+      <c r="F16">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17">
+        <v>8819</v>
+      </c>
+      <c r="C17">
+        <v>3755</v>
+      </c>
+      <c r="D17">
+        <v>3372</v>
+      </c>
+      <c r="E17">
+        <v>7</v>
+      </c>
+      <c r="F17">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18">
+        <v>14673</v>
+      </c>
+      <c r="C18">
+        <v>4299</v>
+      </c>
+      <c r="D18">
+        <v>3996</v>
+      </c>
+      <c r="E18">
+        <v>10</v>
+      </c>
+      <c r="F18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19">
+        <v>15583</v>
+      </c>
+      <c r="C19">
+        <v>5706</v>
+      </c>
+      <c r="D19">
+        <v>5346</v>
+      </c>
+      <c r="E19">
+        <v>27</v>
+      </c>
+      <c r="F19">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20">
+        <v>7507</v>
+      </c>
+      <c r="C20">
+        <v>3282</v>
+      </c>
+      <c r="D20">
+        <v>2934</v>
+      </c>
+      <c r="E20">
+        <v>7</v>
+      </c>
+      <c r="F20">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21">
+        <v>4825</v>
+      </c>
+      <c r="C21">
+        <v>2718</v>
+      </c>
+      <c r="D21">
+        <v>2469</v>
+      </c>
+      <c r="E21">
+        <v>24</v>
+      </c>
+      <c r="F21">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B22">
+        <v>8076</v>
+      </c>
+      <c r="C22">
+        <v>2500</v>
+      </c>
+      <c r="D22">
+        <v>2254</v>
+      </c>
+      <c r="E22">
+        <v>2</v>
+      </c>
+      <c r="F22">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23">
+        <v>3650</v>
+      </c>
+      <c r="C23">
+        <v>1917</v>
+      </c>
+      <c r="D23">
+        <v>1765</v>
+      </c>
+      <c r="E23">
         <v>3</v>
       </c>
-      <c r="E2">
-[...21 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F23">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>28</v>
+      </c>
+      <c r="B24">
+        <v>2624</v>
+      </c>
+      <c r="C24">
+        <v>1526</v>
+      </c>
+      <c r="D24">
+        <v>1423</v>
+      </c>
+      <c r="E24">
+        <v>3</v>
+      </c>
+      <c r="F24">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25">
+        <v>17004</v>
+      </c>
+      <c r="C25">
+        <v>5887</v>
+      </c>
+      <c r="D25">
+        <v>5376</v>
+      </c>
+      <c r="E25">
+        <v>16</v>
+      </c>
+      <c r="F25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26">
+        <v>24532</v>
+      </c>
+      <c r="C26">
+        <v>7577</v>
+      </c>
+      <c r="D26">
+        <v>7013</v>
+      </c>
+      <c r="E26">
+        <v>19</v>
+      </c>
+      <c r="F26">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27">
+        <v>2352</v>
+      </c>
+      <c r="C27">
+        <v>1345</v>
+      </c>
+      <c r="D27">
+        <v>1254</v>
+      </c>
+      <c r="E27">
+        <v>1</v>
+      </c>
+      <c r="F27">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>32</v>
+      </c>
+      <c r="B28">
+        <v>31093</v>
+      </c>
+      <c r="C28">
+        <v>9268</v>
+      </c>
+      <c r="D28">
+        <v>8428</v>
+      </c>
+      <c r="E28">
+        <v>20</v>
+      </c>
+      <c r="F28">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>33</v>
+      </c>
+      <c r="B29">
+        <v>2876</v>
+      </c>
+      <c r="C29">
+        <v>1707</v>
+      </c>
+      <c r="D29">
+        <v>1583</v>
+      </c>
+      <c r="E29">
+        <v>4</v>
+      </c>
+      <c r="F29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>34</v>
+      </c>
+      <c r="B30">
+        <v>12000</v>
+      </c>
+      <c r="C30">
+        <v>2523</v>
+      </c>
+      <c r="D30">
+        <v>2321</v>
+      </c>
+      <c r="E30">
         <v>7</v>
       </c>
-      <c r="B4">
-[...39 lines deleted...]
-      <c r="D6">
+      <c r="F30">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>35</v>
+      </c>
+      <c r="B31">
+        <v>2751</v>
+      </c>
+      <c r="C31">
+        <v>1652</v>
+      </c>
+      <c r="D31">
+        <v>1550</v>
+      </c>
+      <c r="E31">
+        <v>21</v>
+      </c>
+      <c r="F31">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>36</v>
+      </c>
+      <c r="B32">
+        <v>21</v>
+      </c>
+      <c r="C32">
+        <v>18</v>
+      </c>
+      <c r="D32">
         <v>15</v>
       </c>
-      <c r="E6">
-[...220 lines deleted...]
-      <c r="E19">
+      <c r="E32">
         <v>3</v>
       </c>
-    </row>
-[...112 lines deleted...]
-      <c r="D26">
+      <c r="F32">
         <v>3</v>
       </c>
-      <c r="E26">
-[...105 lines deleted...]
-    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B33">
-        <v>19382</v>
+        <v>14561</v>
       </c>
       <c r="C33">
-        <v>7061</v>
+        <v>3588</v>
       </c>
       <c r="D33">
-        <v>11</v>
+        <v>3352</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
-    </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F33">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B34">
+        <v>4397</v>
+      </c>
+      <c r="C34">
+        <v>1555</v>
+      </c>
+      <c r="D34">
+        <v>1441</v>
+      </c>
+      <c r="E34">
+        <v>2</v>
+      </c>
+      <c r="F34">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35">
+        <v>7719</v>
+      </c>
+      <c r="C35">
+        <v>3407</v>
+      </c>
+      <c r="D35">
+        <v>3078</v>
+      </c>
+      <c r="E35">
+        <v>6</v>
+      </c>
+      <c r="F35">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>40</v>
+      </c>
+      <c r="B36">
+        <v>22802</v>
+      </c>
+      <c r="C36">
+        <v>7235</v>
+      </c>
+      <c r="D36">
+        <v>6679</v>
+      </c>
+      <c r="E36">
+        <v>11</v>
+      </c>
+      <c r="F36">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37">
+        <v>1448</v>
+      </c>
+      <c r="C37">
+        <v>984</v>
+      </c>
+      <c r="D37">
+        <v>918</v>
+      </c>
+      <c r="E37">
+        <v>2</v>
+      </c>
+      <c r="F37">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>42</v>
+      </c>
+      <c r="B38">
+        <v>21094</v>
+      </c>
+      <c r="C38">
+        <v>5945</v>
+      </c>
+      <c r="D38">
+        <v>5537</v>
+      </c>
+      <c r="E38">
+        <v>12</v>
+      </c>
+      <c r="F38">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>43</v>
+      </c>
+      <c r="B39">
+        <v>39756</v>
+      </c>
+      <c r="C39">
+        <v>11414</v>
+      </c>
+      <c r="D39">
+        <v>10397</v>
+      </c>
+      <c r="E39">
+        <v>23</v>
+      </c>
+      <c r="F39">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>44</v>
+      </c>
+      <c r="B40">
+        <v>755</v>
+      </c>
+      <c r="C40">
+        <v>397</v>
+      </c>
+      <c r="D40">
+        <v>368</v>
+      </c>
+      <c r="E40">
+        <v>2</v>
+      </c>
+      <c r="F40">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>45</v>
+      </c>
+      <c r="B41">
+        <v>308</v>
+      </c>
+      <c r="C41">
+        <v>136</v>
+      </c>
+      <c r="D41">
+        <v>122</v>
+      </c>
+      <c r="E41">
+        <v>1</v>
+      </c>
+      <c r="F41">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42">
+        <v>3944</v>
+      </c>
+      <c r="C42">
+        <v>1071</v>
+      </c>
+      <c r="D42">
+        <v>1011</v>
+      </c>
+      <c r="E42">
+        <v>2</v>
+      </c>
+      <c r="F42">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>47</v>
+      </c>
+      <c r="B43">
+        <v>29342</v>
+      </c>
+      <c r="C43">
+        <v>8937</v>
+      </c>
+      <c r="D43">
+        <v>8227</v>
+      </c>
+      <c r="E43">
+        <v>21</v>
+      </c>
+      <c r="F43">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>48</v>
+      </c>
+      <c r="B44">
+        <v>4729</v>
+      </c>
+      <c r="C44">
+        <v>2510</v>
+      </c>
+      <c r="D44">
+        <v>2371</v>
+      </c>
+      <c r="E44">
+        <v>24</v>
+      </c>
+      <c r="F44">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>49</v>
+      </c>
+      <c r="B45">
+        <v>2623</v>
+      </c>
+      <c r="C45">
+        <v>1486</v>
+      </c>
+      <c r="D45">
+        <v>1381</v>
+      </c>
+      <c r="E45">
+        <v>24</v>
+      </c>
+      <c r="F45">
         <v>5</v>
       </c>
-      <c r="C34">
-[...87 lines deleted...]
-      <c r="D39">
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B46">
+        <v>1480</v>
+      </c>
+      <c r="C46">
+        <v>904</v>
+      </c>
+      <c r="D46">
+        <v>842</v>
+      </c>
+      <c r="E46">
         <v>2</v>
       </c>
-      <c r="E39">
-[...50 lines deleted...]
-      <c r="E42">
+      <c r="F46">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47">
+        <v>6211</v>
+      </c>
+      <c r="C47">
+        <v>2952</v>
+      </c>
+      <c r="D47">
+        <v>2654</v>
+      </c>
+      <c r="E47">
         <v>4</v>
       </c>
-    </row>
-[...47 lines deleted...]
-      <c r="E45">
+      <c r="F47">
         <v>9</v>
       </c>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.35">
-[...33 lines deleted...]
-    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B48">
-        <v>6</v>
+        <v>5545</v>
       </c>
       <c r="C48">
-        <v>5</v>
+        <v>1617</v>
       </c>
       <c r="D48">
-        <v>2</v>
+        <v>1500</v>
       </c>
       <c r="E48">
         <v>2</v>
       </c>
-    </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F48">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B49">
-        <v>4587</v>
+        <v>2274</v>
       </c>
       <c r="C49">
-        <v>1802</v>
+        <v>1343</v>
       </c>
       <c r="D49">
+        <v>1260</v>
+      </c>
+      <c r="E49">
+        <v>23</v>
+      </c>
+      <c r="F49">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>54</v>
+      </c>
+      <c r="B50">
+        <v>9282</v>
+      </c>
+      <c r="C50">
+        <v>4026</v>
+      </c>
+      <c r="D50">
+        <v>3629</v>
+      </c>
+      <c r="E50">
+        <v>21</v>
+      </c>
+      <c r="F50">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>55</v>
+      </c>
+      <c r="B51">
+        <v>2081</v>
+      </c>
+      <c r="C51">
+        <v>1210</v>
+      </c>
+      <c r="D51">
+        <v>1130</v>
+      </c>
+      <c r="E51">
+        <v>3</v>
+      </c>
+      <c r="F51">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>56</v>
+      </c>
+      <c r="B52">
+        <v>5415</v>
+      </c>
+      <c r="C52">
+        <v>1885</v>
+      </c>
+      <c r="D52">
+        <v>1773</v>
+      </c>
+      <c r="E52">
         <v>5</v>
       </c>
-      <c r="E49">
-[...54 lines deleted...]
-    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F52">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B53">
-        <v>104</v>
+        <v>3266</v>
       </c>
       <c r="C53">
-        <v>80</v>
+        <v>1670</v>
       </c>
       <c r="D53">
-        <v>1</v>
+        <v>1558</v>
       </c>
       <c r="E53">
         <v>4</v>
       </c>
-    </row>
-    <row r="54" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F53">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B54">
-        <v>700</v>
+        <v>2461</v>
       </c>
       <c r="C54">
-        <v>222</v>
+        <v>1200</v>
       </c>
       <c r="D54">
+        <v>1120</v>
+      </c>
+      <c r="E54">
         <v>2</v>
       </c>
-      <c r="E54">
+      <c r="F54">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>59</v>
+      </c>
+      <c r="B55">
+        <v>13983</v>
+      </c>
+      <c r="C55">
+        <v>3053</v>
+      </c>
+      <c r="D55">
+        <v>2857</v>
+      </c>
+      <c r="E55">
         <v>8</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D55">
+      <c r="F55">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>60</v>
+      </c>
+      <c r="B56">
+        <v>176</v>
+      </c>
+      <c r="C56">
+        <v>110</v>
+      </c>
+      <c r="D56">
+        <v>96</v>
+      </c>
+      <c r="E56">
+        <v>2</v>
+      </c>
+      <c r="F56">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57">
+        <v>2809</v>
+      </c>
+      <c r="C57">
+        <v>1418</v>
+      </c>
+      <c r="D57">
+        <v>1304</v>
+      </c>
+      <c r="E57">
+        <v>3</v>
+      </c>
+      <c r="F57">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>62</v>
+      </c>
+      <c r="B58">
+        <v>12728</v>
+      </c>
+      <c r="C58">
+        <v>4349</v>
+      </c>
+      <c r="D58">
+        <v>4017</v>
+      </c>
+      <c r="E58">
         <v>27</v>
       </c>
-      <c r="E55">
-[...13 lines deleted...]
-      <c r="D56">
+      <c r="F58">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>63</v>
+      </c>
+      <c r="B59">
+        <v>4409</v>
+      </c>
+      <c r="C59">
+        <v>1452</v>
+      </c>
+      <c r="D59">
+        <v>1355</v>
+      </c>
+      <c r="E59">
         <v>2</v>
       </c>
-      <c r="E56">
-[...13 lines deleted...]
-      <c r="D57">
+      <c r="F59">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>64</v>
+      </c>
+      <c r="B60">
+        <v>7026</v>
+      </c>
+      <c r="C60">
+        <v>1695</v>
+      </c>
+      <c r="D60">
+        <v>1571</v>
+      </c>
+      <c r="E60">
         <v>5</v>
       </c>
-      <c r="E57">
-[...13 lines deleted...]
-      <c r="D58">
+      <c r="F60">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>65</v>
+      </c>
+      <c r="B61">
+        <v>2569</v>
+      </c>
+      <c r="C61">
+        <v>1236</v>
+      </c>
+      <c r="D61">
+        <v>1160</v>
+      </c>
+      <c r="E61">
         <v>4</v>
       </c>
-      <c r="E58">
-[...7 lines deleted...]
-      <c r="B59">
+      <c r="F61">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
+        <v>66</v>
+      </c>
+      <c r="B62">
         <v>55</v>
       </c>
-      <c r="C59">
+      <c r="C62">
         <v>28</v>
       </c>
-      <c r="D59">
+      <c r="D62">
+        <v>27</v>
+      </c>
+      <c r="E62">
         <v>1</v>
       </c>
-      <c r="E59">
+      <c r="F62">
         <v>3</v>
       </c>
     </row>
-    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
-[...26 lines deleted...]
-      <c r="D61">
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>67</v>
+      </c>
+      <c r="B63">
+        <v>2266</v>
+      </c>
+      <c r="C63">
+        <v>1281</v>
+      </c>
+      <c r="D63">
+        <v>1190</v>
+      </c>
+      <c r="E63">
+        <v>4</v>
+      </c>
+      <c r="F63">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>68</v>
+      </c>
+      <c r="B64">
+        <v>17899</v>
+      </c>
+      <c r="C64">
+        <v>6382</v>
+      </c>
+      <c r="D64">
+        <v>5867</v>
+      </c>
+      <c r="E64">
         <v>26</v>
       </c>
-      <c r="E61">
-[...13 lines deleted...]
-      <c r="D62">
+      <c r="F64">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>69</v>
+      </c>
+      <c r="B65">
+        <v>21582</v>
+      </c>
+      <c r="C65">
+        <v>6123</v>
+      </c>
+      <c r="D65">
+        <v>5646</v>
+      </c>
+      <c r="E65">
         <v>12</v>
       </c>
-      <c r="E62">
-[...54 lines deleted...]
-    <row r="66" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F65">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B66">
-        <v>2</v>
+        <v>2050</v>
       </c>
       <c r="C66">
-        <v>2</v>
+        <v>1182</v>
       </c>
       <c r="D66">
-        <v>1</v>
+        <v>1104</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
-    </row>
-    <row r="67" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F66">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B67">
-        <v>1871</v>
+        <v>2511</v>
       </c>
       <c r="C67">
-        <v>728</v>
+        <v>1413</v>
       </c>
       <c r="D67">
-        <v>4</v>
+        <v>1329</v>
       </c>
       <c r="E67">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:5" x14ac:dyDescent="0.35">
+        <v>23</v>
+      </c>
+      <c r="F67">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B68">
-        <v>1824</v>
+        <v>5060</v>
       </c>
       <c r="C68">
-        <v>1011</v>
+        <v>2361</v>
       </c>
       <c r="D68">
+        <v>2176</v>
+      </c>
+      <c r="E68">
         <v>3</v>
       </c>
-      <c r="E68">
-[...3 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F68">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B69">
-        <v>329</v>
+        <v>2194</v>
       </c>
       <c r="C69">
-        <v>158</v>
+        <v>1299</v>
       </c>
       <c r="D69">
-        <v>2</v>
+        <v>1217</v>
       </c>
       <c r="E69">
         <v>5</v>
       </c>
-    </row>
-    <row r="70" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F69">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B70">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="C70">
-        <v>222</v>
+        <v>117</v>
       </c>
       <c r="D70">
-        <v>2</v>
+        <v>115</v>
       </c>
       <c r="E70">
         <v>2</v>
       </c>
-    </row>
-    <row r="71" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F70">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B71">
-        <v>963</v>
+        <v>998</v>
       </c>
       <c r="C71">
-        <v>566</v>
+        <v>789</v>
       </c>
       <c r="D71">
-        <v>22</v>
+        <v>725</v>
       </c>
       <c r="E71">
+        <v>1</v>
+      </c>
+      <c r="F71">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>76</v>
+      </c>
+      <c r="B72">
+        <v>4574</v>
+      </c>
+      <c r="C72">
+        <v>2139</v>
+      </c>
+      <c r="D72">
+        <v>1979</v>
+      </c>
+      <c r="E72">
+        <v>5</v>
+      </c>
+      <c r="F72">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>77</v>
+      </c>
+      <c r="B73">
+        <v>2145</v>
+      </c>
+      <c r="C73">
+        <v>1114</v>
+      </c>
+      <c r="D73">
+        <v>1032</v>
+      </c>
+      <c r="E73">
+        <v>3</v>
+      </c>
+      <c r="F73">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>78</v>
+      </c>
+      <c r="B74">
+        <v>2525</v>
+      </c>
+      <c r="C74">
+        <v>1523</v>
+      </c>
+      <c r="D74">
+        <v>1423</v>
+      </c>
+      <c r="E74">
+        <v>3</v>
+      </c>
+      <c r="F74">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>79</v>
+      </c>
+      <c r="B75">
+        <v>2809</v>
+      </c>
+      <c r="C75">
+        <v>1643</v>
+      </c>
+      <c r="D75">
+        <v>1514</v>
+      </c>
+      <c r="E75">
+        <v>3</v>
+      </c>
+      <c r="F75">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>80</v>
+      </c>
+      <c r="B76">
+        <v>3108</v>
+      </c>
+      <c r="C76">
+        <v>1730</v>
+      </c>
+      <c r="D76">
+        <v>1631</v>
+      </c>
+      <c r="E76">
+        <v>24</v>
+      </c>
+      <c r="F76">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>81</v>
+      </c>
+      <c r="B77">
+        <v>2615</v>
+      </c>
+      <c r="C77">
+        <v>1085</v>
+      </c>
+      <c r="D77">
+        <v>1011</v>
+      </c>
+      <c r="E77">
         <v>4</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="D73">
+      <c r="F77">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>82</v>
+      </c>
+      <c r="B78">
+        <v>12320</v>
+      </c>
+      <c r="C78">
+        <v>4580</v>
+      </c>
+      <c r="D78">
+        <v>4250</v>
+      </c>
+      <c r="E78">
         <v>26</v>
       </c>
-      <c r="E73">
-[...88 lines deleted...]
-    <row r="79" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F78">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B79">
-        <v>8213</v>
+        <v>21855</v>
       </c>
       <c r="C79">
-        <v>1712</v>
+        <v>5491</v>
       </c>
       <c r="D79">
-        <v>4</v>
+        <v>5193</v>
       </c>
       <c r="E79">
         <v>10</v>
       </c>
-    </row>
-    <row r="80" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F79">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B80">
-        <v>179</v>
+        <v>12247</v>
       </c>
       <c r="C80">
-        <v>179</v>
+        <v>2735</v>
       </c>
       <c r="D80">
+        <v>2522</v>
+      </c>
+      <c r="E80">
+        <v>7</v>
+      </c>
+      <c r="F80">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>85</v>
+      </c>
+      <c r="B81">
+        <v>35054</v>
+      </c>
+      <c r="C81">
+        <v>10114</v>
+      </c>
+      <c r="D81">
+        <v>9212</v>
+      </c>
+      <c r="E81">
+        <v>21</v>
+      </c>
+      <c r="F81">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>86</v>
+      </c>
+      <c r="B82">
+        <v>38124</v>
+      </c>
+      <c r="C82">
+        <v>10772</v>
+      </c>
+      <c r="D82">
+        <v>9854</v>
+      </c>
+      <c r="E82">
+        <v>21</v>
+      </c>
+      <c r="F82">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>87</v>
+      </c>
+      <c r="B83">
+        <v>8818</v>
+      </c>
+      <c r="C83">
+        <v>2168</v>
+      </c>
+      <c r="D83">
+        <v>2013</v>
+      </c>
+      <c r="E83">
+        <v>5</v>
+      </c>
+      <c r="F83">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>88</v>
+      </c>
+      <c r="B84">
+        <v>8890</v>
+      </c>
+      <c r="C84">
+        <v>1738</v>
+      </c>
+      <c r="D84">
+        <v>1606</v>
+      </c>
+      <c r="E84">
+        <v>4</v>
+      </c>
+      <c r="F84">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>89</v>
+      </c>
+      <c r="B85">
+        <v>2256</v>
+      </c>
+      <c r="C85">
+        <v>1478</v>
+      </c>
+      <c r="D85">
+        <v>1391</v>
+      </c>
+      <c r="E85">
+        <v>3</v>
+      </c>
+      <c r="F85">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>90</v>
+      </c>
+      <c r="B86">
+        <v>2169</v>
+      </c>
+      <c r="C86">
+        <v>1359</v>
+      </c>
+      <c r="D86">
+        <v>1257</v>
+      </c>
+      <c r="E86">
+        <v>3</v>
+      </c>
+      <c r="F86">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>91</v>
+      </c>
+      <c r="B87">
+        <v>2564</v>
+      </c>
+      <c r="C87">
+        <v>1448</v>
+      </c>
+      <c r="D87">
+        <v>1340</v>
+      </c>
+      <c r="E87">
+        <v>3</v>
+      </c>
+      <c r="F87">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>92</v>
+      </c>
+      <c r="B88">
+        <v>1825</v>
+      </c>
+      <c r="C88">
+        <v>854</v>
+      </c>
+      <c r="D88">
+        <v>797</v>
+      </c>
+      <c r="E88">
+        <v>4</v>
+      </c>
+      <c r="F88">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>93</v>
+      </c>
+      <c r="B89">
+        <v>4655</v>
+      </c>
+      <c r="C89">
+        <v>1259</v>
+      </c>
+      <c r="D89">
+        <v>1176</v>
+      </c>
+      <c r="E89">
+        <v>3</v>
+      </c>
+      <c r="F89">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>94</v>
+      </c>
+      <c r="B90">
+        <v>2340</v>
+      </c>
+      <c r="C90">
+        <v>898</v>
+      </c>
+      <c r="D90">
+        <v>845</v>
+      </c>
+      <c r="E90">
+        <v>4</v>
+      </c>
+      <c r="F90">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>95</v>
+      </c>
+      <c r="B91">
+        <v>16</v>
+      </c>
+      <c r="C91">
+        <v>12</v>
+      </c>
+      <c r="D91">
+        <v>12</v>
+      </c>
+      <c r="E91">
+        <v>1</v>
+      </c>
+      <c r="F91">
         <v>2</v>
       </c>
-      <c r="E80">
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>96</v>
+      </c>
+      <c r="B92">
+        <v>6291</v>
+      </c>
+      <c r="C92">
+        <v>2122</v>
+      </c>
+      <c r="D92">
+        <v>1957</v>
+      </c>
+      <c r="E92">
+        <v>4</v>
+      </c>
+      <c r="F92">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>97</v>
+      </c>
+      <c r="B93">
+        <v>9390</v>
+      </c>
+      <c r="C93">
+        <v>1908</v>
+      </c>
+      <c r="D93">
+        <v>1759</v>
+      </c>
+      <c r="E93">
+        <v>4</v>
+      </c>
+      <c r="F93">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>98</v>
+      </c>
+      <c r="B94">
+        <v>11788</v>
+      </c>
+      <c r="C94">
+        <v>2328</v>
+      </c>
+      <c r="D94">
+        <v>2146</v>
+      </c>
+      <c r="E94">
+        <v>7</v>
+      </c>
+      <c r="F94">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>99</v>
+      </c>
+      <c r="B95">
+        <v>4700</v>
+      </c>
+      <c r="C95">
+        <v>1594</v>
+      </c>
+      <c r="D95">
+        <v>1474</v>
+      </c>
+      <c r="E95">
         <v>2</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D81">
+      <c r="F95">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>100</v>
+      </c>
+      <c r="B96">
+        <v>18055</v>
+      </c>
+      <c r="C96">
+        <v>4809</v>
+      </c>
+      <c r="D96">
+        <v>4371</v>
+      </c>
+      <c r="E96">
+        <v>10</v>
+      </c>
+      <c r="F96">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>101</v>
+      </c>
+      <c r="B97">
+        <v>8036</v>
+      </c>
+      <c r="C97">
+        <v>2112</v>
+      </c>
+      <c r="D97">
+        <v>1967</v>
+      </c>
+      <c r="E97">
+        <v>9</v>
+      </c>
+      <c r="F97">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>102</v>
+      </c>
+      <c r="B98">
+        <v>6764</v>
+      </c>
+      <c r="C98">
+        <v>1479</v>
+      </c>
+      <c r="D98">
+        <v>1357</v>
+      </c>
+      <c r="E98">
+        <v>4</v>
+      </c>
+      <c r="F98">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>103</v>
+      </c>
+      <c r="B99">
+        <v>5449</v>
+      </c>
+      <c r="C99">
+        <v>2457</v>
+      </c>
+      <c r="D99">
+        <v>2273</v>
+      </c>
+      <c r="E99">
+        <v>7</v>
+      </c>
+      <c r="F99">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>104</v>
+      </c>
+      <c r="B100">
+        <v>2775</v>
+      </c>
+      <c r="C100">
+        <v>1522</v>
+      </c>
+      <c r="D100">
+        <v>1431</v>
+      </c>
+      <c r="E100">
         <v>2</v>
       </c>
-      <c r="E81">
+      <c r="F100">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>105</v>
+      </c>
+      <c r="B101">
+        <v>4100</v>
+      </c>
+      <c r="C101">
+        <v>1188</v>
+      </c>
+      <c r="D101">
+        <v>1100</v>
+      </c>
+      <c r="E101">
+        <v>1</v>
+      </c>
+      <c r="F101">
         <v>8</v>
       </c>
     </row>
-    <row r="82" spans="1:5" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="D82">
+    <row r="102" spans="1:6">
+      <c r="A102" t="s">
+        <v>106</v>
+      </c>
+      <c r="B102">
+        <v>2221</v>
+      </c>
+      <c r="C102">
+        <v>1218</v>
+      </c>
+      <c r="D102">
+        <v>1116</v>
+      </c>
+      <c r="E102">
+        <v>3</v>
+      </c>
+      <c r="F102">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" t="s">
+        <v>107</v>
+      </c>
+      <c r="B103">
+        <v>751</v>
+      </c>
+      <c r="C103">
+        <v>364</v>
+      </c>
+      <c r="D103">
+        <v>328</v>
+      </c>
+      <c r="E103">
         <v>2</v>
       </c>
-      <c r="E82">
+      <c r="F103">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" t="s">
+        <v>108</v>
+      </c>
+      <c r="B104">
+        <v>3580</v>
+      </c>
+      <c r="C104">
+        <v>1186</v>
+      </c>
+      <c r="D104">
+        <v>1098</v>
+      </c>
+      <c r="E104">
+        <v>1</v>
+      </c>
+      <c r="F104">
         <v>8</v>
       </c>
     </row>
-    <row r="83" spans="1:5" x14ac:dyDescent="0.35">
-[...26 lines deleted...]
-      <c r="D84">
+    <row r="105" spans="1:6">
+      <c r="A105" t="s">
+        <v>109</v>
+      </c>
+      <c r="B105">
+        <v>5546</v>
+      </c>
+      <c r="C105">
+        <v>1619</v>
+      </c>
+      <c r="D105">
+        <v>1497</v>
+      </c>
+      <c r="E105">
         <v>3</v>
       </c>
-      <c r="E84">
-[...16 lines deleted...]
-      <c r="E85">
+      <c r="F105">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" t="s">
+        <v>110</v>
+      </c>
+      <c r="B106">
+        <v>4339</v>
+      </c>
+      <c r="C106">
+        <v>2104</v>
+      </c>
+      <c r="D106">
+        <v>1944</v>
+      </c>
+      <c r="E106">
+        <v>8</v>
+      </c>
+      <c r="F106">
         <v>9</v>
       </c>
     </row>
-    <row r="86" spans="1:5" x14ac:dyDescent="0.35">
-[...60 lines deleted...]
-      <c r="D89">
+    <row r="107" spans="1:6">
+      <c r="A107" t="s">
+        <v>111</v>
+      </c>
+      <c r="B107">
+        <v>4047</v>
+      </c>
+      <c r="C107">
+        <v>1981</v>
+      </c>
+      <c r="D107">
+        <v>1826</v>
+      </c>
+      <c r="E107">
+        <v>5</v>
+      </c>
+      <c r="F107">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" t="s">
+        <v>112</v>
+      </c>
+      <c r="B108">
+        <v>39865</v>
+      </c>
+      <c r="C108">
+        <v>11330</v>
+      </c>
+      <c r="D108">
+        <v>10332</v>
+      </c>
+      <c r="E108">
+        <v>22</v>
+      </c>
+      <c r="F108">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" t="s">
+        <v>113</v>
+      </c>
+      <c r="B109">
+        <v>10161</v>
+      </c>
+      <c r="C109">
+        <v>2817</v>
+      </c>
+      <c r="D109">
+        <v>2656</v>
+      </c>
+      <c r="E109">
         <v>2</v>
       </c>
-      <c r="E89">
-[...343 lines deleted...]
-    <row r="110" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F109">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B110">
-        <v>10711</v>
+        <v>13944</v>
       </c>
       <c r="C110">
-        <v>4251</v>
+        <v>3247</v>
       </c>
       <c r="D110">
-        <v>25</v>
+        <v>2983</v>
       </c>
       <c r="E110">
         <v>10</v>
       </c>
-    </row>
-    <row r="111" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F110">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B111">
-        <v>182</v>
+        <v>3181</v>
       </c>
       <c r="C111">
+        <v>1126</v>
+      </c>
+      <c r="D111">
+        <v>1036</v>
+      </c>
+      <c r="E111">
+        <v>2</v>
+      </c>
+      <c r="F111">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" t="s">
+        <v>116</v>
+      </c>
+      <c r="B112">
+        <v>18126</v>
+      </c>
+      <c r="C112">
+        <v>6029</v>
+      </c>
+      <c r="D112">
+        <v>5553</v>
+      </c>
+      <c r="E112">
+        <v>25</v>
+      </c>
+      <c r="F112">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" t="s">
+        <v>117</v>
+      </c>
+      <c r="B113">
+        <v>2697</v>
+      </c>
+      <c r="C113">
+        <v>1493</v>
+      </c>
+      <c r="D113">
+        <v>1382</v>
+      </c>
+      <c r="E113">
+        <v>4</v>
+      </c>
+      <c r="F113">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
         <v>118</v>
       </c>
-      <c r="D111">
+      <c r="B114">
+        <v>11871</v>
+      </c>
+      <c r="C114">
+        <v>2784</v>
+      </c>
+      <c r="D114">
+        <v>2545</v>
+      </c>
+      <c r="E114">
+        <v>8</v>
+      </c>
+      <c r="F114">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>119</v>
+      </c>
+      <c r="B115">
+        <v>1705</v>
+      </c>
+      <c r="C115">
+        <v>1210</v>
+      </c>
+      <c r="D115">
+        <v>1126</v>
+      </c>
+      <c r="E115">
+        <v>3</v>
+      </c>
+      <c r="F115">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>120</v>
+      </c>
+      <c r="B116">
+        <v>12548</v>
+      </c>
+      <c r="C116">
+        <v>4453</v>
+      </c>
+      <c r="D116">
+        <v>4112</v>
+      </c>
+      <c r="E116">
+        <v>25</v>
+      </c>
+      <c r="F116">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>121</v>
+      </c>
+      <c r="B117">
+        <v>1872</v>
+      </c>
+      <c r="C117">
+        <v>1274</v>
+      </c>
+      <c r="D117">
+        <v>1185</v>
+      </c>
+      <c r="E117">
+        <v>3</v>
+      </c>
+      <c r="F117">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" t="s">
+        <v>122</v>
+      </c>
+      <c r="B118">
+        <v>25017</v>
+      </c>
+      <c r="C118">
+        <v>6683</v>
+      </c>
+      <c r="D118">
+        <v>6167</v>
+      </c>
+      <c r="E118">
+        <v>13</v>
+      </c>
+      <c r="F118">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" t="s">
+        <v>123</v>
+      </c>
+      <c r="B119">
+        <v>10023</v>
+      </c>
+      <c r="C119">
+        <v>4091</v>
+      </c>
+      <c r="D119">
+        <v>3786</v>
+      </c>
+      <c r="E119">
+        <v>27</v>
+      </c>
+      <c r="F119">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>124</v>
+      </c>
+      <c r="B120">
+        <v>10858</v>
+      </c>
+      <c r="C120">
+        <v>2432</v>
+      </c>
+      <c r="D120">
+        <v>2286</v>
+      </c>
+      <c r="E120">
+        <v>5</v>
+      </c>
+      <c r="F120">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>125</v>
+      </c>
+      <c r="B121">
+        <v>14555</v>
+      </c>
+      <c r="C121">
+        <v>3598</v>
+      </c>
+      <c r="D121">
+        <v>3266</v>
+      </c>
+      <c r="E121">
+        <v>6</v>
+      </c>
+      <c r="F121">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>126</v>
+      </c>
+      <c r="B122">
+        <v>17541</v>
+      </c>
+      <c r="C122">
+        <v>4879</v>
+      </c>
+      <c r="D122">
+        <v>4529</v>
+      </c>
+      <c r="E122">
+        <v>11</v>
+      </c>
+      <c r="F122">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>127</v>
+      </c>
+      <c r="B123">
+        <v>11737</v>
+      </c>
+      <c r="C123">
+        <v>5141</v>
+      </c>
+      <c r="D123">
+        <v>4730</v>
+      </c>
+      <c r="E123">
+        <v>3</v>
+      </c>
+      <c r="F123">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" t="s">
+        <v>128</v>
+      </c>
+      <c r="B124">
+        <v>7123</v>
+      </c>
+      <c r="C124">
+        <v>3200</v>
+      </c>
+      <c r="D124">
+        <v>3039</v>
+      </c>
+      <c r="E124">
+        <v>4</v>
+      </c>
+      <c r="F124">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" t="s">
+        <v>129</v>
+      </c>
+      <c r="B125">
+        <v>2478</v>
+      </c>
+      <c r="C125">
+        <v>1090</v>
+      </c>
+      <c r="D125">
+        <v>1012</v>
+      </c>
+      <c r="E125">
+        <v>1</v>
+      </c>
+      <c r="F125">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" t="s">
+        <v>130</v>
+      </c>
+      <c r="B126">
+        <v>1484</v>
+      </c>
+      <c r="C126">
+        <v>1015</v>
+      </c>
+      <c r="D126">
+        <v>948</v>
+      </c>
+      <c r="E126">
         <v>2</v>
       </c>
-      <c r="E111">
-[...47 lines deleted...]
-      <c r="D114">
+      <c r="F126">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" t="s">
+        <v>131</v>
+      </c>
+      <c r="B127">
+        <v>10341</v>
+      </c>
+      <c r="C127">
+        <v>3467</v>
+      </c>
+      <c r="D127">
+        <v>3217</v>
+      </c>
+      <c r="E127">
+        <v>25</v>
+      </c>
+      <c r="F127">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" t="s">
+        <v>132</v>
+      </c>
+      <c r="B128">
+        <v>11259</v>
+      </c>
+      <c r="C128">
+        <v>2829</v>
+      </c>
+      <c r="D128">
+        <v>2698</v>
+      </c>
+      <c r="E128">
         <v>5</v>
       </c>
-      <c r="E114">
-[...149 lines deleted...]
-      <c r="D123">
+      <c r="F128">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" t="s">
+        <v>133</v>
+      </c>
+      <c r="B129">
+        <v>20253</v>
+      </c>
+      <c r="C129">
+        <v>5319</v>
+      </c>
+      <c r="D129">
+        <v>4921</v>
+      </c>
+      <c r="E129">
         <v>9</v>
       </c>
-      <c r="E123">
-[...105 lines deleted...]
-    <row r="130" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F129">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B130">
-        <v>370</v>
+        <v>1996</v>
       </c>
       <c r="C130">
-        <v>311</v>
+        <v>1234</v>
       </c>
       <c r="D130">
-        <v>5</v>
+        <v>1143</v>
       </c>
       <c r="E130">
         <v>3</v>
       </c>
-    </row>
-    <row r="131" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F130">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B131">
-        <v>549</v>
+        <v>2883</v>
       </c>
       <c r="C131">
-        <v>186</v>
+        <v>1494</v>
       </c>
       <c r="D131">
-        <v>2</v>
+        <v>1361</v>
       </c>
       <c r="E131">
+        <v>3</v>
+      </c>
+      <c r="F131">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" t="s">
+        <v>136</v>
+      </c>
+      <c r="B132">
+        <v>3549</v>
+      </c>
+      <c r="C132">
+        <v>1228</v>
+      </c>
+      <c r="D132">
+        <v>1135</v>
+      </c>
+      <c r="E132">
         <v>7</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C132">
+      <c r="F132">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" t="s">
+        <v>137</v>
+      </c>
+      <c r="B133">
+        <v>13122</v>
+      </c>
+      <c r="C133">
+        <v>4281</v>
+      </c>
+      <c r="D133">
+        <v>3867</v>
+      </c>
+      <c r="E133">
+        <v>9</v>
+      </c>
+      <c r="F133">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>138</v>
+      </c>
+      <c r="B134">
+        <v>3252</v>
+      </c>
+      <c r="C134">
+        <v>1586</v>
+      </c>
+      <c r="D134">
+        <v>1474</v>
+      </c>
+      <c r="E134">
+        <v>4</v>
+      </c>
+      <c r="F134">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>139</v>
+      </c>
+      <c r="B135">
+        <v>22216</v>
+      </c>
+      <c r="C135">
+        <v>5707</v>
+      </c>
+      <c r="D135">
+        <v>5197</v>
+      </c>
+      <c r="E135">
+        <v>15</v>
+      </c>
+      <c r="F135">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>140</v>
+      </c>
+      <c r="B136">
+        <v>528</v>
+      </c>
+      <c r="C136">
+        <v>429</v>
+      </c>
+      <c r="D136">
+        <v>407</v>
+      </c>
+      <c r="E136">
+        <v>5</v>
+      </c>
+      <c r="F136">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>141</v>
+      </c>
+      <c r="B137">
+        <v>949</v>
+      </c>
+      <c r="C137">
+        <v>378</v>
+      </c>
+      <c r="D137">
+        <v>366</v>
+      </c>
+      <c r="E137">
+        <v>3</v>
+      </c>
+      <c r="F137">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>142</v>
+      </c>
+      <c r="B138">
+        <v>7209</v>
+      </c>
+      <c r="C138">
         <v>1728</v>
       </c>
-      <c r="D132">
-[...100 lines deleted...]
-      </c>
       <c r="D138">
-        <v>2</v>
+        <v>1601</v>
       </c>
       <c r="E138">
         <v>3</v>
       </c>
-    </row>
-    <row r="139" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F138">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B139">
-        <v>33400</v>
+        <v>16064</v>
       </c>
       <c r="C139">
-        <v>10313</v>
+        <v>3682</v>
       </c>
       <c r="D139">
+        <v>3374</v>
+      </c>
+      <c r="E139">
+        <v>9</v>
+      </c>
+      <c r="F139">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>144</v>
+      </c>
+      <c r="B140">
+        <v>10140</v>
+      </c>
+      <c r="C140">
+        <v>2355</v>
+      </c>
+      <c r="D140">
+        <v>2185</v>
+      </c>
+      <c r="E140">
+        <v>3</v>
+      </c>
+      <c r="F140">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>145</v>
+      </c>
+      <c r="B141">
+        <v>9791</v>
+      </c>
+      <c r="C141">
+        <v>4298</v>
+      </c>
+      <c r="D141">
+        <v>4026</v>
+      </c>
+      <c r="E141">
+        <v>7</v>
+      </c>
+      <c r="F141">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>146</v>
+      </c>
+      <c r="B142">
+        <v>25701</v>
+      </c>
+      <c r="C142">
+        <v>8469</v>
+      </c>
+      <c r="D142">
+        <v>7798</v>
+      </c>
+      <c r="E142">
         <v>22</v>
       </c>
-      <c r="E139">
-[...13 lines deleted...]
-      <c r="D140">
+      <c r="F142">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>147</v>
+      </c>
+      <c r="B143">
+        <v>3214</v>
+      </c>
+      <c r="C143">
+        <v>1558</v>
+      </c>
+      <c r="D143">
+        <v>1432</v>
+      </c>
+      <c r="E143">
+        <v>2</v>
+      </c>
+      <c r="F143">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>148</v>
+      </c>
+      <c r="B144">
+        <v>407</v>
+      </c>
+      <c r="C144">
+        <v>168</v>
+      </c>
+      <c r="D144">
+        <v>141</v>
+      </c>
+      <c r="E144">
+        <v>2</v>
+      </c>
+      <c r="F144">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>149</v>
+      </c>
+      <c r="B145">
+        <v>38961</v>
+      </c>
+      <c r="C145">
+        <v>10973</v>
+      </c>
+      <c r="D145">
+        <v>10006</v>
+      </c>
+      <c r="E145">
+        <v>24</v>
+      </c>
+      <c r="F145">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>150</v>
+      </c>
+      <c r="B146">
+        <v>7396</v>
+      </c>
+      <c r="C146">
+        <v>3329</v>
+      </c>
+      <c r="D146">
+        <v>3104</v>
+      </c>
+      <c r="E146">
+        <v>5</v>
+      </c>
+      <c r="F146">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>151</v>
+      </c>
+      <c r="B147">
+        <v>1409</v>
+      </c>
+      <c r="C147">
+        <v>646</v>
+      </c>
+      <c r="D147">
+        <v>592</v>
+      </c>
+      <c r="E147">
+        <v>6</v>
+      </c>
+      <c r="F147">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>152</v>
+      </c>
+      <c r="B148">
+        <v>23825</v>
+      </c>
+      <c r="C148">
+        <v>6668</v>
+      </c>
+      <c r="D148">
+        <v>6141</v>
+      </c>
+      <c r="E148">
+        <v>9</v>
+      </c>
+      <c r="F148">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>153</v>
+      </c>
+      <c r="B149">
+        <v>2090</v>
+      </c>
+      <c r="C149">
+        <v>1284</v>
+      </c>
+      <c r="D149">
+        <v>1214</v>
+      </c>
+      <c r="E149">
+        <v>2</v>
+      </c>
+      <c r="F149">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>154</v>
+      </c>
+      <c r="B150">
+        <v>2741</v>
+      </c>
+      <c r="C150">
+        <v>1445</v>
+      </c>
+      <c r="D150">
+        <v>1349</v>
+      </c>
+      <c r="E150">
         <v>4</v>
       </c>
-      <c r="E140">
+      <c r="F150">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>155</v>
+      </c>
+      <c r="B151">
+        <v>1741</v>
+      </c>
+      <c r="C151">
+        <v>1120</v>
+      </c>
+      <c r="D151">
+        <v>1041</v>
+      </c>
+      <c r="E151">
+        <v>2</v>
+      </c>
+      <c r="F151">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>156</v>
+      </c>
+      <c r="B152">
+        <v>23013</v>
+      </c>
+      <c r="C152">
+        <v>6118</v>
+      </c>
+      <c r="D152">
+        <v>5624</v>
+      </c>
+      <c r="E152">
+        <v>11</v>
+      </c>
+      <c r="F152">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>157</v>
+      </c>
+      <c r="B153">
+        <v>1935</v>
+      </c>
+      <c r="C153">
+        <v>1217</v>
+      </c>
+      <c r="D153">
+        <v>1126</v>
+      </c>
+      <c r="E153">
+        <v>2</v>
+      </c>
+      <c r="F153">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>158</v>
+      </c>
+      <c r="B154">
+        <v>33955</v>
+      </c>
+      <c r="C154">
+        <v>9869</v>
+      </c>
+      <c r="D154">
+        <v>8958</v>
+      </c>
+      <c r="E154">
+        <v>18</v>
+      </c>
+      <c r="F154">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>159</v>
+      </c>
+      <c r="B155">
+        <v>6696</v>
+      </c>
+      <c r="C155">
+        <v>1236</v>
+      </c>
+      <c r="D155">
+        <v>1144</v>
+      </c>
+      <c r="E155">
+        <v>2</v>
+      </c>
+      <c r="F155">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>160</v>
+      </c>
+      <c r="B156">
+        <v>16114</v>
+      </c>
+      <c r="C156">
+        <v>4353</v>
+      </c>
+      <c r="D156">
+        <v>4039</v>
+      </c>
+      <c r="E156">
         <v>8</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D141">
+      <c r="F156">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>161</v>
+      </c>
+      <c r="B157">
+        <v>31591</v>
+      </c>
+      <c r="C157">
+        <v>8752</v>
+      </c>
+      <c r="D157">
+        <v>7922</v>
+      </c>
+      <c r="E157">
+        <v>18</v>
+      </c>
+      <c r="F157">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>162</v>
+      </c>
+      <c r="B158">
+        <v>29945</v>
+      </c>
+      <c r="C158">
+        <v>8503</v>
+      </c>
+      <c r="D158">
+        <v>7679</v>
+      </c>
+      <c r="E158">
+        <v>18</v>
+      </c>
+      <c r="F158">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>163</v>
+      </c>
+      <c r="B159">
+        <v>28613</v>
+      </c>
+      <c r="C159">
+        <v>8147</v>
+      </c>
+      <c r="D159">
+        <v>7378</v>
+      </c>
+      <c r="E159">
+        <v>16</v>
+      </c>
+      <c r="F159">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>164</v>
+      </c>
+      <c r="B160">
+        <v>6741</v>
+      </c>
+      <c r="C160">
+        <v>3354</v>
+      </c>
+      <c r="D160">
+        <v>3132</v>
+      </c>
+      <c r="E160">
+        <v>4</v>
+      </c>
+      <c r="F160">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>165</v>
+      </c>
+      <c r="B161">
+        <v>37798</v>
+      </c>
+      <c r="C161">
+        <v>10917</v>
+      </c>
+      <c r="D161">
+        <v>9968</v>
+      </c>
+      <c r="E161">
+        <v>23</v>
+      </c>
+      <c r="F161">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>166</v>
+      </c>
+      <c r="B162">
+        <v>28702</v>
+      </c>
+      <c r="C162">
+        <v>7783</v>
+      </c>
+      <c r="D162">
+        <v>7107</v>
+      </c>
+      <c r="E162">
+        <v>15</v>
+      </c>
+      <c r="F162">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>167</v>
+      </c>
+      <c r="B163">
+        <v>29474</v>
+      </c>
+      <c r="C163">
+        <v>8011</v>
+      </c>
+      <c r="D163">
+        <v>7351</v>
+      </c>
+      <c r="E163">
+        <v>17</v>
+      </c>
+      <c r="F163">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>168</v>
+      </c>
+      <c r="B164">
+        <v>19020</v>
+      </c>
+      <c r="C164">
+        <v>5960</v>
+      </c>
+      <c r="D164">
+        <v>5508</v>
+      </c>
+      <c r="E164">
+        <v>9</v>
+      </c>
+      <c r="F164">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" t="s">
+        <v>169</v>
+      </c>
+      <c r="B165">
+        <v>2129</v>
+      </c>
+      <c r="C165">
+        <v>1378</v>
+      </c>
+      <c r="D165">
+        <v>1289</v>
+      </c>
+      <c r="E165">
+        <v>3</v>
+      </c>
+      <c r="F165">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" t="s">
+        <v>170</v>
+      </c>
+      <c r="B166">
+        <v>11085</v>
+      </c>
+      <c r="C166">
+        <v>2777</v>
+      </c>
+      <c r="D166">
+        <v>2630</v>
+      </c>
+      <c r="E166">
+        <v>3</v>
+      </c>
+      <c r="F166">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>171</v>
+      </c>
+      <c r="B167">
+        <v>9828</v>
+      </c>
+      <c r="C167">
+        <v>2548</v>
+      </c>
+      <c r="D167">
+        <v>2397</v>
+      </c>
+      <c r="E167">
+        <v>5</v>
+      </c>
+      <c r="F167">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" t="s">
+        <v>172</v>
+      </c>
+      <c r="B168">
+        <v>37416</v>
+      </c>
+      <c r="C168">
+        <v>10921</v>
+      </c>
+      <c r="D168">
+        <v>9979</v>
+      </c>
+      <c r="E168">
+        <v>23</v>
+      </c>
+      <c r="F168">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" t="s">
+        <v>173</v>
+      </c>
+      <c r="B169">
+        <v>15862</v>
+      </c>
+      <c r="C169">
+        <v>5587</v>
+      </c>
+      <c r="D169">
+        <v>5227</v>
+      </c>
+      <c r="E169">
+        <v>11</v>
+      </c>
+      <c r="F169">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" t="s">
+        <v>174</v>
+      </c>
+      <c r="B170">
+        <v>17694</v>
+      </c>
+      <c r="C170">
+        <v>3929</v>
+      </c>
+      <c r="D170">
+        <v>3567</v>
+      </c>
+      <c r="E170">
+        <v>4</v>
+      </c>
+      <c r="F170">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>175</v>
+      </c>
+      <c r="B171">
+        <v>243</v>
+      </c>
+      <c r="C171">
+        <v>139</v>
+      </c>
+      <c r="D171">
+        <v>134</v>
+      </c>
+      <c r="E171">
+        <v>4</v>
+      </c>
+      <c r="F171">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" t="s">
+        <v>176</v>
+      </c>
+      <c r="B172">
+        <v>8340</v>
+      </c>
+      <c r="C172">
+        <v>3710</v>
+      </c>
+      <c r="D172">
+        <v>3494</v>
+      </c>
+      <c r="E172">
+        <v>25</v>
+      </c>
+      <c r="F172">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>177</v>
+      </c>
+      <c r="B173">
+        <v>4641</v>
+      </c>
+      <c r="C173">
+        <v>2261</v>
+      </c>
+      <c r="D173">
+        <v>2102</v>
+      </c>
+      <c r="E173">
+        <v>5</v>
+      </c>
+      <c r="F173">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>178</v>
+      </c>
+      <c r="B174">
+        <v>2236</v>
+      </c>
+      <c r="C174">
+        <v>1281</v>
+      </c>
+      <c r="D174">
+        <v>1205</v>
+      </c>
+      <c r="E174">
+        <v>2</v>
+      </c>
+      <c r="F174">
         <v>6</v>
       </c>
-      <c r="E141">
-[...13 lines deleted...]
-      <c r="D142">
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>179</v>
+      </c>
+      <c r="B175">
+        <v>2050</v>
+      </c>
+      <c r="C175">
+        <v>1182</v>
+      </c>
+      <c r="D175">
+        <v>1104</v>
+      </c>
+      <c r="E175">
+        <v>1</v>
+      </c>
+      <c r="F175">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>180</v>
+      </c>
+      <c r="B176">
+        <v>1260</v>
+      </c>
+      <c r="C176">
+        <v>919</v>
+      </c>
+      <c r="D176">
+        <v>849</v>
+      </c>
+      <c r="E176">
+        <v>1</v>
+      </c>
+      <c r="F176">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>181</v>
+      </c>
+      <c r="B177">
+        <v>547</v>
+      </c>
+      <c r="C177">
+        <v>243</v>
+      </c>
+      <c r="D177">
+        <v>232</v>
+      </c>
+      <c r="E177">
+        <v>2</v>
+      </c>
+      <c r="F177">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>182</v>
+      </c>
+      <c r="B178">
+        <v>83</v>
+      </c>
+      <c r="C178">
+        <v>41</v>
+      </c>
+      <c r="D178">
+        <v>41</v>
+      </c>
+      <c r="E178">
+        <v>2</v>
+      </c>
+      <c r="F178">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>183</v>
+      </c>
+      <c r="B179">
+        <v>1400</v>
+      </c>
+      <c r="C179">
+        <v>975</v>
+      </c>
+      <c r="D179">
+        <v>903</v>
+      </c>
+      <c r="E179">
+        <v>2</v>
+      </c>
+      <c r="F179">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>184</v>
+      </c>
+      <c r="B180">
+        <v>24816</v>
+      </c>
+      <c r="C180">
+        <v>6849</v>
+      </c>
+      <c r="D180">
+        <v>6301</v>
+      </c>
+      <c r="E180">
+        <v>13</v>
+      </c>
+      <c r="F180">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
+        <v>185</v>
+      </c>
+      <c r="B181">
+        <v>22802</v>
+      </c>
+      <c r="C181">
+        <v>6043</v>
+      </c>
+      <c r="D181">
+        <v>5585</v>
+      </c>
+      <c r="E181">
+        <v>11</v>
+      </c>
+      <c r="F181">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>186</v>
+      </c>
+      <c r="B182">
+        <v>4971</v>
+      </c>
+      <c r="C182">
+        <v>2211</v>
+      </c>
+      <c r="D182">
+        <v>2059</v>
+      </c>
+      <c r="E182">
+        <v>3</v>
+      </c>
+      <c r="F182">
         <v>9</v>
       </c>
-      <c r="E142">
-[...13 lines deleted...]
-      <c r="D143">
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>187</v>
+      </c>
+      <c r="B183">
+        <v>24897</v>
+      </c>
+      <c r="C183">
+        <v>7876</v>
+      </c>
+      <c r="D183">
+        <v>7285</v>
+      </c>
+      <c r="E183">
+        <v>21</v>
+      </c>
+      <c r="F183">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>188</v>
+      </c>
+      <c r="B184">
+        <v>2612</v>
+      </c>
+      <c r="C184">
+        <v>1465</v>
+      </c>
+      <c r="D184">
+        <v>1351</v>
+      </c>
+      <c r="E184">
+        <v>4</v>
+      </c>
+      <c r="F184">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>189</v>
+      </c>
+      <c r="B185">
+        <v>33641</v>
+      </c>
+      <c r="C185">
+        <v>9836</v>
+      </c>
+      <c r="D185">
+        <v>8936</v>
+      </c>
+      <c r="E185">
+        <v>18</v>
+      </c>
+      <c r="F185">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>190</v>
+      </c>
+      <c r="B186">
+        <v>36396</v>
+      </c>
+      <c r="C186">
+        <v>10537</v>
+      </c>
+      <c r="D186">
+        <v>9595</v>
+      </c>
+      <c r="E186">
+        <v>23</v>
+      </c>
+      <c r="F186">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>191</v>
+      </c>
+      <c r="B187">
+        <v>34094</v>
+      </c>
+      <c r="C187">
+        <v>10004</v>
+      </c>
+      <c r="D187">
+        <v>9122</v>
+      </c>
+      <c r="E187">
+        <v>19</v>
+      </c>
+      <c r="F187">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>192</v>
+      </c>
+      <c r="B188">
+        <v>2839</v>
+      </c>
+      <c r="C188">
+        <v>1448</v>
+      </c>
+      <c r="D188">
+        <v>1325</v>
+      </c>
+      <c r="E188">
+        <v>4</v>
+      </c>
+      <c r="F188">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>193</v>
+      </c>
+      <c r="B189">
+        <v>10416</v>
+      </c>
+      <c r="C189">
+        <v>2319</v>
+      </c>
+      <c r="D189">
+        <v>2174</v>
+      </c>
+      <c r="E189">
+        <v>6</v>
+      </c>
+      <c r="F189">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>194</v>
+      </c>
+      <c r="B190">
+        <v>33053</v>
+      </c>
+      <c r="C190">
+        <v>8793</v>
+      </c>
+      <c r="D190">
+        <v>8027</v>
+      </c>
+      <c r="E190">
+        <v>13</v>
+      </c>
+      <c r="F190">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>195</v>
+      </c>
+      <c r="B191">
+        <v>14670</v>
+      </c>
+      <c r="C191">
+        <v>3068</v>
+      </c>
+      <c r="D191">
+        <v>2863</v>
+      </c>
+      <c r="E191">
+        <v>8</v>
+      </c>
+      <c r="F191">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>196</v>
+      </c>
+      <c r="B192">
+        <v>22608</v>
+      </c>
+      <c r="C192">
+        <v>7620</v>
+      </c>
+      <c r="D192">
+        <v>7057</v>
+      </c>
+      <c r="E192">
+        <v>22</v>
+      </c>
+      <c r="F192">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>197</v>
+      </c>
+      <c r="B193">
+        <v>2</v>
+      </c>
+      <c r="C193">
+        <v>2</v>
+      </c>
+      <c r="D193">
+        <v>2</v>
+      </c>
+      <c r="E193">
         <v>1</v>
       </c>
-      <c r="E143">
-[...30 lines deleted...]
-      <c r="D145">
+      <c r="F193">
         <v>1</v>
       </c>
-      <c r="E145">
-[...819 lines deleted...]
-    <row r="194" spans="1:5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B194">
-        <v>4540</v>
+        <v>5971</v>
       </c>
       <c r="C194">
-        <v>2393</v>
+        <v>1934</v>
       </c>
       <c r="D194">
-        <v>6</v>
+        <v>1783</v>
       </c>
       <c r="E194">
         <v>8</v>
       </c>
-    </row>
-    <row r="195" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F194">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B195">
-        <v>6057</v>
+        <v>1725</v>
       </c>
       <c r="C195">
-        <v>1651</v>
+        <v>887</v>
       </c>
       <c r="D195">
+        <v>829</v>
+      </c>
+      <c r="E195">
         <v>4</v>
       </c>
-      <c r="E195">
+      <c r="F195">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>200</v>
+      </c>
+      <c r="B196">
+        <v>4366</v>
+      </c>
+      <c r="C196">
+        <v>2193</v>
+      </c>
+      <c r="D196">
+        <v>2024</v>
+      </c>
+      <c r="E196">
+        <v>9</v>
+      </c>
+      <c r="F196">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>201</v>
+      </c>
+      <c r="B197">
+        <v>10144</v>
+      </c>
+      <c r="C197">
+        <v>4535</v>
+      </c>
+      <c r="D197">
+        <v>4171</v>
+      </c>
+      <c r="E197">
+        <v>6</v>
+      </c>
+      <c r="F197">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>202</v>
+      </c>
+      <c r="B198">
+        <v>20085</v>
+      </c>
+      <c r="C198">
+        <v>5552</v>
+      </c>
+      <c r="D198">
+        <v>5173</v>
+      </c>
+      <c r="E198">
+        <v>11</v>
+      </c>
+      <c r="F198">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>203</v>
+      </c>
+      <c r="B199">
+        <v>5208</v>
+      </c>
+      <c r="C199">
+        <v>1676</v>
+      </c>
+      <c r="D199">
+        <v>1553</v>
+      </c>
+      <c r="E199">
+        <v>5</v>
+      </c>
+      <c r="F199">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>204</v>
+      </c>
+      <c r="B200">
+        <v>1034</v>
+      </c>
+      <c r="C200">
+        <v>471</v>
+      </c>
+      <c r="D200">
+        <v>453</v>
+      </c>
+      <c r="E200">
+        <v>3</v>
+      </c>
+      <c r="F200">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>205</v>
+      </c>
+      <c r="B201">
+        <v>3354</v>
+      </c>
+      <c r="C201">
+        <v>1712</v>
+      </c>
+      <c r="D201">
+        <v>1579</v>
+      </c>
+      <c r="E201">
+        <v>5</v>
+      </c>
+      <c r="F201">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202" t="s">
+        <v>206</v>
+      </c>
+      <c r="B202">
+        <v>8029</v>
+      </c>
+      <c r="C202">
+        <v>3875</v>
+      </c>
+      <c r="D202">
+        <v>3600</v>
+      </c>
+      <c r="E202">
+        <v>7</v>
+      </c>
+      <c r="F202">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203" t="s">
+        <v>207</v>
+      </c>
+      <c r="B203">
+        <v>6736</v>
+      </c>
+      <c r="C203">
+        <v>1659</v>
+      </c>
+      <c r="D203">
+        <v>1539</v>
+      </c>
+      <c r="E203">
+        <v>4</v>
+      </c>
+      <c r="F203">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204" t="s">
+        <v>208</v>
+      </c>
+      <c r="B204">
+        <v>2054</v>
+      </c>
+      <c r="C204">
+        <v>1188</v>
+      </c>
+      <c r="D204">
+        <v>1109</v>
+      </c>
+      <c r="E204">
+        <v>1</v>
+      </c>
+      <c r="F204">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205" t="s">
+        <v>209</v>
+      </c>
+      <c r="B205">
+        <v>18467</v>
+      </c>
+      <c r="C205">
+        <v>5198</v>
+      </c>
+      <c r="D205">
+        <v>4672</v>
+      </c>
+      <c r="E205">
+        <v>9</v>
+      </c>
+      <c r="F205">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206" t="s">
+        <v>210</v>
+      </c>
+      <c r="B206">
+        <v>6288</v>
+      </c>
+      <c r="C206">
+        <v>2844</v>
+      </c>
+      <c r="D206">
+        <v>2690</v>
+      </c>
+      <c r="E206">
+        <v>4</v>
+      </c>
+      <c r="F206">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" t="s">
+        <v>211</v>
+      </c>
+      <c r="B207">
+        <v>25324</v>
+      </c>
+      <c r="C207">
+        <v>7104</v>
+      </c>
+      <c r="D207">
+        <v>6511</v>
+      </c>
+      <c r="E207">
+        <v>9</v>
+      </c>
+      <c r="F207">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>212</v>
+      </c>
+      <c r="B208">
+        <v>2242</v>
+      </c>
+      <c r="C208">
+        <v>1346</v>
+      </c>
+      <c r="D208">
+        <v>1239</v>
+      </c>
+      <c r="E208">
+        <v>4</v>
+      </c>
+      <c r="F208">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" t="s">
+        <v>213</v>
+      </c>
+      <c r="B209">
+        <v>3770</v>
+      </c>
+      <c r="C209">
+        <v>1932</v>
+      </c>
+      <c r="D209">
+        <v>1779</v>
+      </c>
+      <c r="E209">
+        <v>6</v>
+      </c>
+      <c r="F209">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210" t="s">
+        <v>214</v>
+      </c>
+      <c r="B210">
+        <v>2489</v>
+      </c>
+      <c r="C210">
+        <v>1272</v>
+      </c>
+      <c r="D210">
+        <v>1163</v>
+      </c>
+      <c r="E210">
+        <v>3</v>
+      </c>
+      <c r="F210">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211" t="s">
+        <v>215</v>
+      </c>
+      <c r="B211">
+        <v>5693</v>
+      </c>
+      <c r="C211">
+        <v>1676</v>
+      </c>
+      <c r="D211">
+        <v>1498</v>
+      </c>
+      <c r="E211">
+        <v>7</v>
+      </c>
+      <c r="F211">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212" t="s">
+        <v>216</v>
+      </c>
+      <c r="B212">
+        <v>18498</v>
+      </c>
+      <c r="C212">
+        <v>4915</v>
+      </c>
+      <c r="D212">
+        <v>4465</v>
+      </c>
+      <c r="E212">
+        <v>8</v>
+      </c>
+      <c r="F212">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" t="s">
+        <v>217</v>
+      </c>
+      <c r="B213">
+        <v>32348</v>
+      </c>
+      <c r="C213">
+        <v>8879</v>
+      </c>
+      <c r="D213">
+        <v>8035</v>
+      </c>
+      <c r="E213">
+        <v>19</v>
+      </c>
+      <c r="F213">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214" t="s">
+        <v>218</v>
+      </c>
+      <c r="B214">
+        <v>35628</v>
+      </c>
+      <c r="C214">
+        <v>9481</v>
+      </c>
+      <c r="D214">
+        <v>8639</v>
+      </c>
+      <c r="E214">
+        <v>15</v>
+      </c>
+      <c r="F214">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" t="s">
+        <v>219</v>
+      </c>
+      <c r="B215">
+        <v>17205</v>
+      </c>
+      <c r="C215">
+        <v>4420</v>
+      </c>
+      <c r="D215">
+        <v>4052</v>
+      </c>
+      <c r="E215">
+        <v>11</v>
+      </c>
+      <c r="F215">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" t="s">
+        <v>220</v>
+      </c>
+      <c r="B216">
+        <v>27330</v>
+      </c>
+      <c r="C216">
+        <v>7634</v>
+      </c>
+      <c r="D216">
+        <v>6977</v>
+      </c>
+      <c r="E216">
+        <v>15</v>
+      </c>
+      <c r="F216">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" t="s">
+        <v>221</v>
+      </c>
+      <c r="B217">
+        <v>33993</v>
+      </c>
+      <c r="C217">
+        <v>9919</v>
+      </c>
+      <c r="D217">
+        <v>9004</v>
+      </c>
+      <c r="E217">
+        <v>18</v>
+      </c>
+      <c r="F217">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218" t="s">
+        <v>222</v>
+      </c>
+      <c r="B218">
+        <v>25079</v>
+      </c>
+      <c r="C218">
+        <v>7556</v>
+      </c>
+      <c r="D218">
+        <v>6822</v>
+      </c>
+      <c r="E218">
+        <v>22</v>
+      </c>
+      <c r="F218">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219" t="s">
+        <v>223</v>
+      </c>
+      <c r="B219">
+        <v>11233</v>
+      </c>
+      <c r="C219">
+        <v>2908</v>
+      </c>
+      <c r="D219">
+        <v>2717</v>
+      </c>
+      <c r="E219">
+        <v>7</v>
+      </c>
+      <c r="F219">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220" t="s">
+        <v>224</v>
+      </c>
+      <c r="B220">
+        <v>2167</v>
+      </c>
+      <c r="C220">
+        <v>1560</v>
+      </c>
+      <c r="D220">
+        <v>1443</v>
+      </c>
+      <c r="E220">
+        <v>2</v>
+      </c>
+      <c r="F220">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" t="s">
+        <v>225</v>
+      </c>
+      <c r="B221">
+        <v>25980</v>
+      </c>
+      <c r="C221">
+        <v>7211</v>
+      </c>
+      <c r="D221">
+        <v>6646</v>
+      </c>
+      <c r="E221">
+        <v>12</v>
+      </c>
+      <c r="F221">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222" t="s">
+        <v>226</v>
+      </c>
+      <c r="B222">
+        <v>28628</v>
+      </c>
+      <c r="C222">
+        <v>8721</v>
+      </c>
+      <c r="D222">
+        <v>8025</v>
+      </c>
+      <c r="E222">
+        <v>19</v>
+      </c>
+      <c r="F222">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223" t="s">
+        <v>227</v>
+      </c>
+      <c r="B223">
+        <v>2028</v>
+      </c>
+      <c r="C223">
+        <v>1184</v>
+      </c>
+      <c r="D223">
+        <v>1105</v>
+      </c>
+      <c r="E223">
+        <v>1</v>
+      </c>
+      <c r="F223">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224" t="s">
+        <v>228</v>
+      </c>
+      <c r="B224">
+        <v>10206</v>
+      </c>
+      <c r="C224">
+        <v>2174</v>
+      </c>
+      <c r="D224">
+        <v>2049</v>
+      </c>
+      <c r="E224">
+        <v>6</v>
+      </c>
+      <c r="F224">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225" t="s">
+        <v>229</v>
+      </c>
+      <c r="B225">
+        <v>3466</v>
+      </c>
+      <c r="C225">
+        <v>1654</v>
+      </c>
+      <c r="D225">
+        <v>1525</v>
+      </c>
+      <c r="E225">
+        <v>3</v>
+      </c>
+      <c r="F225">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226" t="s">
+        <v>230</v>
+      </c>
+      <c r="B226">
+        <v>8559</v>
+      </c>
+      <c r="C226">
+        <v>3886</v>
+      </c>
+      <c r="D226">
+        <v>3516</v>
+      </c>
+      <c r="E226">
+        <v>24</v>
+      </c>
+      <c r="F226">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" t="s">
+        <v>231</v>
+      </c>
+      <c r="B227">
+        <v>11132</v>
+      </c>
+      <c r="C227">
+        <v>2537</v>
+      </c>
+      <c r="D227">
+        <v>2370</v>
+      </c>
+      <c r="E227">
+        <v>3</v>
+      </c>
+      <c r="F227">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" t="s">
+        <v>232</v>
+      </c>
+      <c r="B228">
+        <v>21517</v>
+      </c>
+      <c r="C228">
+        <v>5605</v>
+      </c>
+      <c r="D228">
+        <v>5221</v>
+      </c>
+      <c r="E228">
+        <v>12</v>
+      </c>
+      <c r="F228">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229" t="s">
+        <v>233</v>
+      </c>
+      <c r="B229">
+        <v>12607</v>
+      </c>
+      <c r="C229">
+        <v>2685</v>
+      </c>
+      <c r="D229">
+        <v>2498</v>
+      </c>
+      <c r="E229">
+        <v>8</v>
+      </c>
+      <c r="F229">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230" t="s">
+        <v>234</v>
+      </c>
+      <c r="B230">
+        <v>8229</v>
+      </c>
+      <c r="C230">
+        <v>3934</v>
+      </c>
+      <c r="D230">
+        <v>3676</v>
+      </c>
+      <c r="E230">
+        <v>24</v>
+      </c>
+      <c r="F230">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" t="s">
+        <v>235</v>
+      </c>
+      <c r="B231">
+        <v>3731</v>
+      </c>
+      <c r="C231">
+        <v>1858</v>
+      </c>
+      <c r="D231">
+        <v>1707</v>
+      </c>
+      <c r="E231">
+        <v>3</v>
+      </c>
+      <c r="F231">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232" t="s">
+        <v>236</v>
+      </c>
+      <c r="B232">
+        <v>235</v>
+      </c>
+      <c r="C232">
+        <v>147</v>
+      </c>
+      <c r="D232">
+        <v>130</v>
+      </c>
+      <c r="E232">
+        <v>2</v>
+      </c>
+      <c r="F232">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233" t="s">
+        <v>237</v>
+      </c>
+      <c r="B233">
+        <v>3551</v>
+      </c>
+      <c r="C233">
+        <v>1498</v>
+      </c>
+      <c r="D233">
+        <v>1402</v>
+      </c>
+      <c r="E233">
+        <v>3</v>
+      </c>
+      <c r="F233">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234" t="s">
+        <v>238</v>
+      </c>
+      <c r="B234">
+        <v>13320</v>
+      </c>
+      <c r="C234">
+        <v>5213</v>
+      </c>
+      <c r="D234">
+        <v>4754</v>
+      </c>
+      <c r="E234">
+        <v>13</v>
+      </c>
+      <c r="F234">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" t="s">
+        <v>239</v>
+      </c>
+      <c r="B235">
+        <v>4715</v>
+      </c>
+      <c r="C235">
+        <v>2069</v>
+      </c>
+      <c r="D235">
+        <v>1820</v>
+      </c>
+      <c r="E235">
+        <v>3</v>
+      </c>
+      <c r="F235">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236" t="s">
+        <v>240</v>
+      </c>
+      <c r="B236">
+        <v>1465</v>
+      </c>
+      <c r="C236">
+        <v>885</v>
+      </c>
+      <c r="D236">
+        <v>823</v>
+      </c>
+      <c r="E236">
+        <v>1</v>
+      </c>
+      <c r="F236">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237" t="s">
+        <v>241</v>
+      </c>
+      <c r="B237">
+        <v>33913</v>
+      </c>
+      <c r="C237">
+        <v>9910</v>
+      </c>
+      <c r="D237">
+        <v>8995</v>
+      </c>
+      <c r="E237">
+        <v>18</v>
+      </c>
+      <c r="F237">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" t="s">
+        <v>242</v>
+      </c>
+      <c r="B238">
+        <v>10562</v>
+      </c>
+      <c r="C238">
+        <v>2652</v>
+      </c>
+      <c r="D238">
+        <v>2468</v>
+      </c>
+      <c r="E238">
+        <v>11</v>
+      </c>
+      <c r="F238">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" t="s">
+        <v>243</v>
+      </c>
+      <c r="B239">
+        <v>767</v>
+      </c>
+      <c r="C239">
+        <v>412</v>
+      </c>
+      <c r="D239">
+        <v>388</v>
+      </c>
+      <c r="E239">
+        <v>1</v>
+      </c>
+      <c r="F239">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" t="s">
+        <v>244</v>
+      </c>
+      <c r="B240">
+        <v>29240</v>
+      </c>
+      <c r="C240">
+        <v>7903</v>
+      </c>
+      <c r="D240">
+        <v>7172</v>
+      </c>
+      <c r="E240">
+        <v>16</v>
+      </c>
+      <c r="F240">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241" t="s">
+        <v>245</v>
+      </c>
+      <c r="B241">
+        <v>31521</v>
+      </c>
+      <c r="C241">
+        <v>8601</v>
+      </c>
+      <c r="D241">
+        <v>7778</v>
+      </c>
+      <c r="E241">
+        <v>17</v>
+      </c>
+      <c r="F241">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242" t="s">
+        <v>246</v>
+      </c>
+      <c r="B242">
+        <v>10705</v>
+      </c>
+      <c r="C242">
+        <v>2481</v>
+      </c>
+      <c r="D242">
+        <v>2265</v>
+      </c>
+      <c r="E242">
+        <v>8</v>
+      </c>
+      <c r="F242">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243" t="s">
+        <v>247</v>
+      </c>
+      <c r="B243">
+        <v>21343</v>
+      </c>
+      <c r="C243">
+        <v>5850</v>
+      </c>
+      <c r="D243">
+        <v>5400</v>
+      </c>
+      <c r="E243">
+        <v>12</v>
+      </c>
+      <c r="F243">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" t="s">
+        <v>248</v>
+      </c>
+      <c r="B244">
+        <v>29282</v>
+      </c>
+      <c r="C244">
+        <v>8844</v>
+      </c>
+      <c r="D244">
+        <v>8135</v>
+      </c>
+      <c r="E244">
+        <v>19</v>
+      </c>
+      <c r="F244">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245" t="s">
+        <v>249</v>
+      </c>
+      <c r="B245">
+        <v>10715</v>
+      </c>
+      <c r="C245">
+        <v>2209</v>
+      </c>
+      <c r="D245">
+        <v>2052</v>
+      </c>
+      <c r="E245">
+        <v>8</v>
+      </c>
+      <c r="F245">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246" t="s">
+        <v>250</v>
+      </c>
+      <c r="B246">
+        <v>4892</v>
+      </c>
+      <c r="C246">
+        <v>1783</v>
+      </c>
+      <c r="D246">
+        <v>1664</v>
+      </c>
+      <c r="E246">
+        <v>3</v>
+      </c>
+      <c r="F246">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247" t="s">
+        <v>251</v>
+      </c>
+      <c r="B247">
+        <v>5979</v>
+      </c>
+      <c r="C247">
+        <v>3287</v>
+      </c>
+      <c r="D247">
+        <v>2988</v>
+      </c>
+      <c r="E247">
+        <v>1</v>
+      </c>
+      <c r="F247">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" t="s">
+        <v>252</v>
+      </c>
+      <c r="B248">
+        <v>1811</v>
+      </c>
+      <c r="C248">
+        <v>507</v>
+      </c>
+      <c r="D248">
+        <v>473</v>
+      </c>
+      <c r="E248">
+        <v>2</v>
+      </c>
+      <c r="F248">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" t="s">
+        <v>253</v>
+      </c>
+      <c r="B249">
+        <v>303</v>
+      </c>
+      <c r="C249">
+        <v>251</v>
+      </c>
+      <c r="D249">
+        <v>241</v>
+      </c>
+      <c r="E249">
+        <v>1</v>
+      </c>
+      <c r="F249">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250" t="s">
+        <v>254</v>
+      </c>
+      <c r="B250">
+        <v>15528</v>
+      </c>
+      <c r="C250">
+        <v>6265</v>
+      </c>
+      <c r="D250">
+        <v>5736</v>
+      </c>
+      <c r="E250">
+        <v>17</v>
+      </c>
+      <c r="F250">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251" t="s">
+        <v>255</v>
+      </c>
+      <c r="B251">
+        <v>2716</v>
+      </c>
+      <c r="C251">
+        <v>1502</v>
+      </c>
+      <c r="D251">
+        <v>1405</v>
+      </c>
+      <c r="E251">
+        <v>2</v>
+      </c>
+      <c r="F251">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252" t="s">
+        <v>256</v>
+      </c>
+      <c r="B252">
+        <v>7272</v>
+      </c>
+      <c r="C252">
+        <v>3360</v>
+      </c>
+      <c r="D252">
+        <v>3127</v>
+      </c>
+      <c r="E252">
+        <v>6</v>
+      </c>
+      <c r="F252">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253" t="s">
+        <v>257</v>
+      </c>
+      <c r="B253">
+        <v>1773</v>
+      </c>
+      <c r="C253">
+        <v>1074</v>
+      </c>
+      <c r="D253">
+        <v>1005</v>
+      </c>
+      <c r="E253">
+        <v>2</v>
+      </c>
+      <c r="F253">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" t="s">
+        <v>258</v>
+      </c>
+      <c r="B254">
+        <v>8216</v>
+      </c>
+      <c r="C254">
+        <v>3278</v>
+      </c>
+      <c r="D254">
+        <v>3011</v>
+      </c>
+      <c r="E254">
+        <v>9</v>
+      </c>
+      <c r="F254">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255" t="s">
+        <v>259</v>
+      </c>
+      <c r="B255">
+        <v>30688</v>
+      </c>
+      <c r="C255">
+        <v>8707</v>
+      </c>
+      <c r="D255">
+        <v>7950</v>
+      </c>
+      <c r="E255">
+        <v>17</v>
+      </c>
+      <c r="F255">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256" t="s">
+        <v>260</v>
+      </c>
+      <c r="B256">
+        <v>1558</v>
+      </c>
+      <c r="C256">
+        <v>837</v>
+      </c>
+      <c r="D256">
+        <v>775</v>
+      </c>
+      <c r="E256">
+        <v>4</v>
+      </c>
+      <c r="F256">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257" t="s">
+        <v>261</v>
+      </c>
+      <c r="B257">
+        <v>400</v>
+      </c>
+      <c r="C257">
+        <v>204</v>
+      </c>
+      <c r="D257">
+        <v>194</v>
+      </c>
+      <c r="E257">
+        <v>1</v>
+      </c>
+      <c r="F257">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258" t="s">
+        <v>262</v>
+      </c>
+      <c r="B258">
+        <v>2279</v>
+      </c>
+      <c r="C258">
+        <v>1371</v>
+      </c>
+      <c r="D258">
+        <v>1294</v>
+      </c>
+      <c r="E258">
+        <v>2</v>
+      </c>
+      <c r="F258">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259" t="s">
+        <v>263</v>
+      </c>
+      <c r="B259">
+        <v>1375</v>
+      </c>
+      <c r="C259">
+        <v>699</v>
+      </c>
+      <c r="D259">
+        <v>645</v>
+      </c>
+      <c r="E259">
+        <v>4</v>
+      </c>
+      <c r="F259">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6">
+      <c r="A260" t="s">
+        <v>264</v>
+      </c>
+      <c r="B260">
+        <v>2354</v>
+      </c>
+      <c r="C260">
+        <v>1676</v>
+      </c>
+      <c r="D260">
+        <v>1560</v>
+      </c>
+      <c r="E260">
+        <v>3</v>
+      </c>
+      <c r="F260">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6">
+      <c r="A261" t="s">
+        <v>265</v>
+      </c>
+      <c r="B261">
+        <v>2928</v>
+      </c>
+      <c r="C261">
+        <v>1502</v>
+      </c>
+      <c r="D261">
+        <v>1402</v>
+      </c>
+      <c r="E261">
+        <v>3</v>
+      </c>
+      <c r="F261">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262" t="s">
+        <v>266</v>
+      </c>
+      <c r="B262">
+        <v>4606</v>
+      </c>
+      <c r="C262">
+        <v>1444</v>
+      </c>
+      <c r="D262">
+        <v>1328</v>
+      </c>
+      <c r="E262">
+        <v>4</v>
+      </c>
+      <c r="F262">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263" t="s">
+        <v>267</v>
+      </c>
+      <c r="B263">
+        <v>3517</v>
+      </c>
+      <c r="C263">
+        <v>1608</v>
+      </c>
+      <c r="D263">
+        <v>1469</v>
+      </c>
+      <c r="E263">
+        <v>3</v>
+      </c>
+      <c r="F263">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264" t="s">
+        <v>268</v>
+      </c>
+      <c r="B264">
+        <v>8737</v>
+      </c>
+      <c r="C264">
+        <v>3203</v>
+      </c>
+      <c r="D264">
+        <v>3020</v>
+      </c>
+      <c r="E264">
+        <v>23</v>
+      </c>
+      <c r="F264">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265" t="s">
+        <v>269</v>
+      </c>
+      <c r="B265">
+        <v>18308</v>
+      </c>
+      <c r="C265">
+        <v>5000</v>
+      </c>
+      <c r="D265">
+        <v>4613</v>
+      </c>
+      <c r="E265">
+        <v>8</v>
+      </c>
+      <c r="F265">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6">
+      <c r="A266" t="s">
+        <v>270</v>
+      </c>
+      <c r="B266">
+        <v>2712</v>
+      </c>
+      <c r="C266">
+        <v>1607</v>
+      </c>
+      <c r="D266">
+        <v>1488</v>
+      </c>
+      <c r="E266">
+        <v>3</v>
+      </c>
+      <c r="F266">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6">
+      <c r="A267" t="s">
+        <v>271</v>
+      </c>
+      <c r="B267">
+        <v>16</v>
+      </c>
+      <c r="C267">
+        <v>12</v>
+      </c>
+      <c r="D267">
+        <v>12</v>
+      </c>
+      <c r="E267">
+        <v>1</v>
+      </c>
+      <c r="F267">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6">
+      <c r="A268" t="s">
+        <v>272</v>
+      </c>
+      <c r="B268">
+        <v>7251</v>
+      </c>
+      <c r="C268">
+        <v>3211</v>
+      </c>
+      <c r="D268">
+        <v>2878</v>
+      </c>
+      <c r="E268">
+        <v>7</v>
+      </c>
+      <c r="F268">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6">
+      <c r="A269" t="s">
+        <v>273</v>
+      </c>
+      <c r="B269">
+        <v>899</v>
+      </c>
+      <c r="C269">
+        <v>377</v>
+      </c>
+      <c r="D269">
+        <v>365</v>
+      </c>
+      <c r="E269">
+        <v>2</v>
+      </c>
+      <c r="F269">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6">
+      <c r="A270" t="s">
+        <v>274</v>
+      </c>
+      <c r="B270">
+        <v>22545</v>
+      </c>
+      <c r="C270">
+        <v>6494</v>
+      </c>
+      <c r="D270">
+        <v>6027</v>
+      </c>
+      <c r="E270">
+        <v>19</v>
+      </c>
+      <c r="F270">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271" t="s">
+        <v>275</v>
+      </c>
+      <c r="B271">
+        <v>32468</v>
+      </c>
+      <c r="C271">
+        <v>9600</v>
+      </c>
+      <c r="D271">
+        <v>8728</v>
+      </c>
+      <c r="E271">
+        <v>23</v>
+      </c>
+      <c r="F271">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6">
+      <c r="A272" t="s">
+        <v>276</v>
+      </c>
+      <c r="B272">
+        <v>6877</v>
+      </c>
+      <c r="C272">
+        <v>3095</v>
+      </c>
+      <c r="D272">
+        <v>2902</v>
+      </c>
+      <c r="E272">
+        <v>3</v>
+      </c>
+      <c r="F272">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6">
+      <c r="A273" t="s">
+        <v>277</v>
+      </c>
+      <c r="B273">
+        <v>5955</v>
+      </c>
+      <c r="C273">
+        <v>1461</v>
+      </c>
+      <c r="D273">
+        <v>1363</v>
+      </c>
+      <c r="E273">
+        <v>4</v>
+      </c>
+      <c r="F273">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6">
+      <c r="A274" t="s">
+        <v>278</v>
+      </c>
+      <c r="B274">
+        <v>7</v>
+      </c>
+      <c r="C274">
+        <v>4</v>
+      </c>
+      <c r="D274">
+        <v>4</v>
+      </c>
+      <c r="E274">
+        <v>1</v>
+      </c>
+      <c r="F274">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275" t="s">
+        <v>279</v>
+      </c>
+      <c r="B275">
+        <v>2043</v>
+      </c>
+      <c r="C275">
+        <v>1197</v>
+      </c>
+      <c r="D275">
+        <v>1110</v>
+      </c>
+      <c r="E275">
+        <v>4</v>
+      </c>
+      <c r="F275">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6">
+      <c r="A276" t="s">
+        <v>280</v>
+      </c>
+      <c r="B276">
+        <v>8032</v>
+      </c>
+      <c r="C276">
+        <v>1850</v>
+      </c>
+      <c r="D276">
+        <v>1730</v>
+      </c>
+      <c r="E276">
+        <v>5</v>
+      </c>
+      <c r="F276">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6">
+      <c r="A277" t="s">
+        <v>281</v>
+      </c>
+      <c r="B277">
+        <v>4217</v>
+      </c>
+      <c r="C277">
+        <v>1294</v>
+      </c>
+      <c r="D277">
+        <v>1193</v>
+      </c>
+      <c r="E277">
+        <v>4</v>
+      </c>
+      <c r="F277">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278" t="s">
+        <v>282</v>
+      </c>
+      <c r="B278">
+        <v>14603</v>
+      </c>
+      <c r="C278">
+        <v>4039</v>
+      </c>
+      <c r="D278">
+        <v>3633</v>
+      </c>
+      <c r="E278">
+        <v>8</v>
+      </c>
+      <c r="F278">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279" t="s">
+        <v>283</v>
+      </c>
+      <c r="B279">
+        <v>3365</v>
+      </c>
+      <c r="C279">
+        <v>1643</v>
+      </c>
+      <c r="D279">
+        <v>1533</v>
+      </c>
+      <c r="E279">
+        <v>3</v>
+      </c>
+      <c r="F279">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6">
+      <c r="A280" t="s">
+        <v>284</v>
+      </c>
+      <c r="B280">
+        <v>3818</v>
+      </c>
+      <c r="C280">
+        <v>2093</v>
+      </c>
+      <c r="D280">
+        <v>1941</v>
+      </c>
+      <c r="E280">
+        <v>4</v>
+      </c>
+      <c r="F280">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6">
+      <c r="A281" t="s">
+        <v>285</v>
+      </c>
+      <c r="B281">
+        <v>27510</v>
+      </c>
+      <c r="C281">
+        <v>7808</v>
+      </c>
+      <c r="D281">
+        <v>7169</v>
+      </c>
+      <c r="E281">
+        <v>14</v>
+      </c>
+      <c r="F281">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6">
+      <c r="A282" t="s">
+        <v>286</v>
+      </c>
+      <c r="B282">
+        <v>23129</v>
+      </c>
+      <c r="C282">
+        <v>6243</v>
+      </c>
+      <c r="D282">
+        <v>5722</v>
+      </c>
+      <c r="E282">
+        <v>14</v>
+      </c>
+      <c r="F282">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6">
+      <c r="A283" t="s">
+        <v>287</v>
+      </c>
+      <c r="B283">
+        <v>9313</v>
+      </c>
+      <c r="C283">
+        <v>2212</v>
+      </c>
+      <c r="D283">
+        <v>2087</v>
+      </c>
+      <c r="E283">
+        <v>7</v>
+      </c>
+      <c r="F283">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6">
+      <c r="A284" t="s">
+        <v>288</v>
+      </c>
+      <c r="B284">
+        <v>7995</v>
+      </c>
+      <c r="C284">
+        <v>1856</v>
+      </c>
+      <c r="D284">
+        <v>1721</v>
+      </c>
+      <c r="E284">
+        <v>6</v>
+      </c>
+      <c r="F284">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285" t="s">
+        <v>289</v>
+      </c>
+      <c r="B285">
+        <v>4488</v>
+      </c>
+      <c r="C285">
+        <v>2240</v>
+      </c>
+      <c r="D285">
+        <v>2053</v>
+      </c>
+      <c r="E285">
+        <v>4</v>
+      </c>
+      <c r="F285">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286" t="s">
+        <v>290</v>
+      </c>
+      <c r="B286">
         <v>10</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D196">
+      <c r="C286">
+        <v>6</v>
+      </c>
+      <c r="D286">
+        <v>5</v>
+      </c>
+      <c r="E286">
+        <v>2</v>
+      </c>
+      <c r="F286">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287" t="s">
+        <v>291</v>
+      </c>
+      <c r="B287">
+        <v>4609</v>
+      </c>
+      <c r="C287">
+        <v>2279</v>
+      </c>
+      <c r="D287">
+        <v>2163</v>
+      </c>
+      <c r="E287">
+        <v>3</v>
+      </c>
+      <c r="F287">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288" t="s">
+        <v>292</v>
+      </c>
+      <c r="B288">
+        <v>19072</v>
+      </c>
+      <c r="C288">
+        <v>7297</v>
+      </c>
+      <c r="D288">
+        <v>6784</v>
+      </c>
+      <c r="E288">
+        <v>11</v>
+      </c>
+      <c r="F288">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6">
+      <c r="A289" t="s">
+        <v>293</v>
+      </c>
+      <c r="B289">
+        <v>216</v>
+      </c>
+      <c r="C289">
+        <v>118</v>
+      </c>
+      <c r="D289">
+        <v>116</v>
+      </c>
+      <c r="E289">
+        <v>1</v>
+      </c>
+      <c r="F289">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290" t="s">
+        <v>294</v>
+      </c>
+      <c r="B290">
+        <v>29380</v>
+      </c>
+      <c r="C290">
+        <v>8246</v>
+      </c>
+      <c r="D290">
+        <v>7554</v>
+      </c>
+      <c r="E290">
+        <v>17</v>
+      </c>
+      <c r="F290">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6">
+      <c r="A291" t="s">
+        <v>295</v>
+      </c>
+      <c r="B291">
+        <v>3633</v>
+      </c>
+      <c r="C291">
+        <v>1777</v>
+      </c>
+      <c r="D291">
+        <v>1642</v>
+      </c>
+      <c r="E291">
+        <v>6</v>
+      </c>
+      <c r="F291">
         <v>9</v>
       </c>
-      <c r="E196">
-[...13 lines deleted...]
-      <c r="D197">
+    </row>
+    <row r="292" spans="1:6">
+      <c r="A292" t="s">
+        <v>296</v>
+      </c>
+      <c r="B292">
+        <v>2777</v>
+      </c>
+      <c r="C292">
+        <v>1549</v>
+      </c>
+      <c r="D292">
+        <v>1450</v>
+      </c>
+      <c r="E292">
         <v>3</v>
       </c>
-      <c r="E197">
-[...30 lines deleted...]
-      <c r="D199">
+      <c r="F292">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6">
+      <c r="A293" t="s">
+        <v>297</v>
+      </c>
+      <c r="B293">
+        <v>514</v>
+      </c>
+      <c r="C293">
+        <v>330</v>
+      </c>
+      <c r="D293">
+        <v>308</v>
+      </c>
+      <c r="E293">
         <v>3</v>
       </c>
-      <c r="E199">
-[...149 lines deleted...]
-      <c r="D208">
+      <c r="F293">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294" t="s">
+        <v>298</v>
+      </c>
+      <c r="B294">
+        <v>20552</v>
+      </c>
+      <c r="C294">
+        <v>5625</v>
+      </c>
+      <c r="D294">
+        <v>5026</v>
+      </c>
+      <c r="E294">
+        <v>17</v>
+      </c>
+      <c r="F294">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6">
+      <c r="A295" t="s">
+        <v>299</v>
+      </c>
+      <c r="B295">
+        <v>22816</v>
+      </c>
+      <c r="C295">
+        <v>7327</v>
+      </c>
+      <c r="D295">
+        <v>6641</v>
+      </c>
+      <c r="E295">
         <v>18</v>
       </c>
-      <c r="E208">
-[...353 lines deleted...]
-      <c r="D229">
+      <c r="F295">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6">
+      <c r="A296" t="s">
+        <v>300</v>
+      </c>
+      <c r="B296">
+        <v>6098</v>
+      </c>
+      <c r="C296">
+        <v>2403</v>
+      </c>
+      <c r="D296">
+        <v>2039</v>
+      </c>
+      <c r="E296">
         <v>17</v>
       </c>
-      <c r="E229">
-[...901 lines deleted...]
-        <v>10</v>
+      <c r="F296">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E1" xr:uid="{C800AAF0-9E08-4BA9-8C65-139D08F07134}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA47CAE9-8F3D-44E3-B830-99EDA8A69361}">
-  <dimension ref="A1:E286"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E6E474E-D8F6-4659-B489-4A07CBA6DEC1}">
+  <dimension ref="A1:F167"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="K34" sqref="K34"/>
-      <selection pane="bottomLeft" sqref="A1:E1"/>
+      <selection pane="bottomLeft" sqref="A1:A2"/>
+      <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="70.7265625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="15.1796875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="63" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="8" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:6" s="3" customFormat="1">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F1" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2">
+        <v>3243</v>
+      </c>
+      <c r="C2">
+        <v>1642</v>
+      </c>
+      <c r="D2">
+        <v>1515</v>
+      </c>
+      <c r="E2">
         <v>5</v>
       </c>
-      <c r="B2">
-[...12 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B3">
-        <v>6965</v>
+        <v>8052</v>
       </c>
       <c r="C3">
-        <v>2520</v>
+        <v>2891</v>
       </c>
       <c r="D3">
-        <v>7</v>
+        <v>2661</v>
       </c>
       <c r="E3">
         <v>5</v>
       </c>
-    </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4">
+        <v>17886</v>
+      </c>
+      <c r="C4">
+        <v>4958</v>
+      </c>
+      <c r="D4">
+        <v>4656</v>
+      </c>
+      <c r="E4">
+        <v>9</v>
+      </c>
+      <c r="F4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5">
+        <v>20189</v>
+      </c>
+      <c r="C5">
+        <v>7418</v>
+      </c>
+      <c r="D5">
+        <v>6898</v>
+      </c>
+      <c r="E5">
+        <v>11</v>
+      </c>
+      <c r="F5">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6">
+        <v>17780</v>
+      </c>
+      <c r="C6">
+        <v>7159</v>
+      </c>
+      <c r="D6">
+        <v>6690</v>
+      </c>
+      <c r="E6">
+        <v>11</v>
+      </c>
+      <c r="F6">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7">
+        <v>2851</v>
+      </c>
+      <c r="C7">
+        <v>1492</v>
+      </c>
+      <c r="D7">
+        <v>1399</v>
+      </c>
+      <c r="E7">
+        <v>2</v>
+      </c>
+      <c r="F7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8">
+        <v>8327</v>
+      </c>
+      <c r="C8">
+        <v>3348</v>
+      </c>
+      <c r="D8">
+        <v>3051</v>
+      </c>
+      <c r="E8">
+        <v>9</v>
+      </c>
+      <c r="F8">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9">
+        <v>25150</v>
+      </c>
+      <c r="C9">
+        <v>7767</v>
+      </c>
+      <c r="D9">
+        <v>7207</v>
+      </c>
+      <c r="E9">
+        <v>15</v>
+      </c>
+      <c r="F9">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10">
+        <v>14536</v>
+      </c>
+      <c r="C10">
+        <v>6018</v>
+      </c>
+      <c r="D10">
+        <v>5589</v>
+      </c>
+      <c r="E10">
+        <v>25</v>
+      </c>
+      <c r="F10">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11">
+        <v>248</v>
+      </c>
+      <c r="C11">
+        <v>144</v>
+      </c>
+      <c r="D11">
+        <v>141</v>
+      </c>
+      <c r="E11">
+        <v>1</v>
+      </c>
+      <c r="F11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12">
+        <v>2188</v>
+      </c>
+      <c r="C12">
+        <v>1394</v>
+      </c>
+      <c r="D12">
+        <v>1297</v>
+      </c>
+      <c r="E12">
+        <v>1</v>
+      </c>
+      <c r="F12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13">
+        <v>14673</v>
+      </c>
+      <c r="C13">
+        <v>4299</v>
+      </c>
+      <c r="D13">
+        <v>3996</v>
+      </c>
+      <c r="E13">
+        <v>10</v>
+      </c>
+      <c r="F13">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14">
+        <v>15583</v>
+      </c>
+      <c r="C14">
+        <v>5706</v>
+      </c>
+      <c r="D14">
+        <v>5346</v>
+      </c>
+      <c r="E14">
+        <v>27</v>
+      </c>
+      <c r="F14">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15">
+        <v>7507</v>
+      </c>
+      <c r="C15">
+        <v>3282</v>
+      </c>
+      <c r="D15">
+        <v>2934</v>
+      </c>
+      <c r="E15">
+        <v>7</v>
+      </c>
+      <c r="F15">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16">
+        <v>4825</v>
+      </c>
+      <c r="C16">
+        <v>2718</v>
+      </c>
+      <c r="D16">
+        <v>2469</v>
+      </c>
+      <c r="E16">
+        <v>24</v>
+      </c>
+      <c r="F16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17">
+        <v>3650</v>
+      </c>
+      <c r="C17">
+        <v>1917</v>
+      </c>
+      <c r="D17">
+        <v>1765</v>
+      </c>
+      <c r="E17">
+        <v>3</v>
+      </c>
+      <c r="F17">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18">
+        <v>17004</v>
+      </c>
+      <c r="C18">
+        <v>5887</v>
+      </c>
+      <c r="D18">
+        <v>5376</v>
+      </c>
+      <c r="E18">
+        <v>16</v>
+      </c>
+      <c r="F18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19">
+        <v>24532</v>
+      </c>
+      <c r="C19">
+        <v>7577</v>
+      </c>
+      <c r="D19">
+        <v>7013</v>
+      </c>
+      <c r="E19">
+        <v>19</v>
+      </c>
+      <c r="F19">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20">
+        <v>2352</v>
+      </c>
+      <c r="C20">
+        <v>1345</v>
+      </c>
+      <c r="D20">
+        <v>1254</v>
+      </c>
+      <c r="E20">
+        <v>1</v>
+      </c>
+      <c r="F20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21">
+        <v>31093</v>
+      </c>
+      <c r="C21">
+        <v>9268</v>
+      </c>
+      <c r="D21">
+        <v>8428</v>
+      </c>
+      <c r="E21">
+        <v>20</v>
+      </c>
+      <c r="F21">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22">
+        <v>2876</v>
+      </c>
+      <c r="C22">
+        <v>1707</v>
+      </c>
+      <c r="D22">
+        <v>1583</v>
+      </c>
+      <c r="E22">
+        <v>4</v>
+      </c>
+      <c r="F22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23">
+        <v>2751</v>
+      </c>
+      <c r="C23">
+        <v>1652</v>
+      </c>
+      <c r="D23">
+        <v>1550</v>
+      </c>
+      <c r="E23">
+        <v>21</v>
+      </c>
+      <c r="F23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24">
+        <v>21</v>
+      </c>
+      <c r="C24">
+        <v>18</v>
+      </c>
+      <c r="D24">
+        <v>15</v>
+      </c>
+      <c r="E24">
+        <v>3</v>
+      </c>
+      <c r="F24">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25">
+        <v>14561</v>
+      </c>
+      <c r="C25">
+        <v>3588</v>
+      </c>
+      <c r="D25">
+        <v>3352</v>
+      </c>
+      <c r="E25">
+        <v>10</v>
+      </c>
+      <c r="F25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26">
+        <v>7719</v>
+      </c>
+      <c r="C26">
+        <v>3407</v>
+      </c>
+      <c r="D26">
+        <v>3078</v>
+      </c>
+      <c r="E26">
+        <v>6</v>
+      </c>
+      <c r="F26">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27">
+        <v>22802</v>
+      </c>
+      <c r="C27">
+        <v>7235</v>
+      </c>
+      <c r="D27">
+        <v>6679</v>
+      </c>
+      <c r="E27">
+        <v>11</v>
+      </c>
+      <c r="F27">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28">
+        <v>21094</v>
+      </c>
+      <c r="C28">
+        <v>5945</v>
+      </c>
+      <c r="D28">
+        <v>5537</v>
+      </c>
+      <c r="E28">
+        <v>12</v>
+      </c>
+      <c r="F28">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>43</v>
+      </c>
+      <c r="B29">
+        <v>39756</v>
+      </c>
+      <c r="C29">
+        <v>11414</v>
+      </c>
+      <c r="D29">
+        <v>10397</v>
+      </c>
+      <c r="E29">
+        <v>23</v>
+      </c>
+      <c r="F29">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30">
+        <v>755</v>
+      </c>
+      <c r="C30">
+        <v>397</v>
+      </c>
+      <c r="D30">
+        <v>368</v>
+      </c>
+      <c r="E30">
+        <v>2</v>
+      </c>
+      <c r="F30">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>47</v>
+      </c>
+      <c r="B31">
+        <v>29342</v>
+      </c>
+      <c r="C31">
+        <v>8937</v>
+      </c>
+      <c r="D31">
+        <v>8227</v>
+      </c>
+      <c r="E31">
+        <v>21</v>
+      </c>
+      <c r="F31">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>48</v>
+      </c>
+      <c r="B32">
+        <v>4729</v>
+      </c>
+      <c r="C32">
+        <v>2510</v>
+      </c>
+      <c r="D32">
+        <v>2371</v>
+      </c>
+      <c r="E32">
+        <v>24</v>
+      </c>
+      <c r="F32">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>49</v>
+      </c>
+      <c r="B33">
+        <v>2623</v>
+      </c>
+      <c r="C33">
+        <v>1486</v>
+      </c>
+      <c r="D33">
+        <v>1381</v>
+      </c>
+      <c r="E33">
+        <v>24</v>
+      </c>
+      <c r="F33">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>50</v>
+      </c>
+      <c r="B34">
+        <v>1480</v>
+      </c>
+      <c r="C34">
+        <v>904</v>
+      </c>
+      <c r="D34">
+        <v>842</v>
+      </c>
+      <c r="E34">
+        <v>2</v>
+      </c>
+      <c r="F34">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>53</v>
+      </c>
+      <c r="B35">
+        <v>2274</v>
+      </c>
+      <c r="C35">
+        <v>1343</v>
+      </c>
+      <c r="D35">
+        <v>1260</v>
+      </c>
+      <c r="E35">
+        <v>23</v>
+      </c>
+      <c r="F35">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>54</v>
+      </c>
+      <c r="B36">
+        <v>9282</v>
+      </c>
+      <c r="C36">
+        <v>4026</v>
+      </c>
+      <c r="D36">
+        <v>3629</v>
+      </c>
+      <c r="E36">
+        <v>21</v>
+      </c>
+      <c r="F36">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37">
+        <v>2081</v>
+      </c>
+      <c r="C37">
+        <v>1210</v>
+      </c>
+      <c r="D37">
+        <v>1130</v>
+      </c>
+      <c r="E37">
+        <v>3</v>
+      </c>
+      <c r="F37">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>56</v>
+      </c>
+      <c r="B38">
+        <v>5415</v>
+      </c>
+      <c r="C38">
+        <v>1885</v>
+      </c>
+      <c r="D38">
+        <v>1773</v>
+      </c>
+      <c r="E38">
+        <v>5</v>
+      </c>
+      <c r="F38">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>59</v>
+      </c>
+      <c r="B39">
+        <v>13983</v>
+      </c>
+      <c r="C39">
+        <v>3053</v>
+      </c>
+      <c r="D39">
+        <v>2857</v>
+      </c>
+      <c r="E39">
         <v>8</v>
       </c>
-      <c r="B4">
-[...90 lines deleted...]
-      <c r="D9">
+      <c r="F39">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>62</v>
+      </c>
+      <c r="B40">
+        <v>12728</v>
+      </c>
+      <c r="C40">
+        <v>4349</v>
+      </c>
+      <c r="D40">
+        <v>4017</v>
+      </c>
+      <c r="E40">
+        <v>27</v>
+      </c>
+      <c r="F40">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>64</v>
+      </c>
+      <c r="B41">
+        <v>7026</v>
+      </c>
+      <c r="C41">
+        <v>1695</v>
+      </c>
+      <c r="D41">
+        <v>1571</v>
+      </c>
+      <c r="E41">
         <v>5</v>
       </c>
-      <c r="E9">
-[...547 lines deleted...]
-    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F41">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="B42">
-        <v>8066</v>
+        <v>2266</v>
       </c>
       <c r="C42">
-        <v>2835</v>
+        <v>1281</v>
       </c>
       <c r="D42">
-        <v>5</v>
+        <v>1190</v>
       </c>
       <c r="E42">
         <v>4</v>
       </c>
-    </row>
-    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F42">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="B43">
-        <v>1901</v>
+        <v>17899</v>
       </c>
       <c r="C43">
-        <v>1072</v>
+        <v>6382</v>
       </c>
       <c r="D43">
+        <v>5867</v>
+      </c>
+      <c r="E43">
+        <v>26</v>
+      </c>
+      <c r="F43">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>69</v>
+      </c>
+      <c r="B44">
+        <v>21582</v>
+      </c>
+      <c r="C44">
+        <v>6123</v>
+      </c>
+      <c r="D44">
+        <v>5646</v>
+      </c>
+      <c r="E44">
+        <v>12</v>
+      </c>
+      <c r="F44">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B45">
+        <v>2511</v>
+      </c>
+      <c r="C45">
+        <v>1413</v>
+      </c>
+      <c r="D45">
+        <v>1329</v>
+      </c>
+      <c r="E45">
+        <v>23</v>
+      </c>
+      <c r="F45">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>73</v>
+      </c>
+      <c r="B46">
+        <v>2194</v>
+      </c>
+      <c r="C46">
+        <v>1299</v>
+      </c>
+      <c r="D46">
+        <v>1217</v>
+      </c>
+      <c r="E46">
+        <v>5</v>
+      </c>
+      <c r="F46">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>74</v>
+      </c>
+      <c r="B47">
+        <v>214</v>
+      </c>
+      <c r="C47">
+        <v>117</v>
+      </c>
+      <c r="D47">
+        <v>115</v>
+      </c>
+      <c r="E47">
         <v>2</v>
       </c>
-      <c r="E43">
-[...13 lines deleted...]
-      <c r="D44">
+      <c r="F47">
         <v>2</v>
       </c>
-      <c r="E44">
-[...54 lines deleted...]
-    <row r="48" spans="1:5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="B48">
-        <v>11142</v>
+        <v>2145</v>
       </c>
       <c r="C48">
-        <v>4712</v>
+        <v>1114</v>
       </c>
       <c r="D48">
-        <v>7</v>
+        <v>1032</v>
       </c>
       <c r="E48">
+        <v>3</v>
+      </c>
+      <c r="F48">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>78</v>
+      </c>
+      <c r="B49">
+        <v>2525</v>
+      </c>
+      <c r="C49">
+        <v>1523</v>
+      </c>
+      <c r="D49">
+        <v>1423</v>
+      </c>
+      <c r="E49">
+        <v>3</v>
+      </c>
+      <c r="F49">
         <v>6</v>
       </c>
     </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="D49">
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>79</v>
+      </c>
+      <c r="B50">
+        <v>2809</v>
+      </c>
+      <c r="C50">
+        <v>1643</v>
+      </c>
+      <c r="D50">
+        <v>1514</v>
+      </c>
+      <c r="E50">
         <v>3</v>
       </c>
-      <c r="E49">
-[...20 lines deleted...]
-    <row r="51" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F50">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="B51">
-        <v>6049</v>
+        <v>3108</v>
       </c>
       <c r="C51">
-        <v>2193</v>
+        <v>1730</v>
       </c>
       <c r="D51">
-        <v>4</v>
+        <v>1631</v>
       </c>
       <c r="E51">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+      <c r="F51">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="B52">
-        <v>14</v>
+        <v>2615</v>
       </c>
       <c r="C52">
-        <v>7</v>
+        <v>1085</v>
       </c>
       <c r="D52">
-        <v>1</v>
+        <v>1011</v>
       </c>
       <c r="E52">
         <v>4</v>
       </c>
-    </row>
-    <row r="53" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F52">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="B53">
-        <v>20509</v>
+        <v>12320</v>
       </c>
       <c r="C53">
-        <v>3688</v>
+        <v>4580</v>
       </c>
       <c r="D53">
-        <v>9</v>
+        <v>4250</v>
       </c>
       <c r="E53">
+        <v>26</v>
+      </c>
+      <c r="F53">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>83</v>
+      </c>
+      <c r="B54">
+        <v>21855</v>
+      </c>
+      <c r="C54">
+        <v>5491</v>
+      </c>
+      <c r="D54">
+        <v>5193</v>
+      </c>
+      <c r="E54">
         <v>10</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D54">
+      <c r="F54">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>85</v>
+      </c>
+      <c r="B55">
+        <v>35054</v>
+      </c>
+      <c r="C55">
+        <v>10114</v>
+      </c>
+      <c r="D55">
+        <v>9212</v>
+      </c>
+      <c r="E55">
+        <v>21</v>
+      </c>
+      <c r="F55">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>86</v>
+      </c>
+      <c r="B56">
+        <v>38124</v>
+      </c>
+      <c r="C56">
+        <v>10772</v>
+      </c>
+      <c r="D56">
+        <v>9854</v>
+      </c>
+      <c r="E56">
+        <v>21</v>
+      </c>
+      <c r="F56">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>87</v>
+      </c>
+      <c r="B57">
+        <v>8818</v>
+      </c>
+      <c r="C57">
+        <v>2168</v>
+      </c>
+      <c r="D57">
+        <v>2013</v>
+      </c>
+      <c r="E57">
+        <v>5</v>
+      </c>
+      <c r="F57">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>92</v>
+      </c>
+      <c r="B58">
+        <v>1825</v>
+      </c>
+      <c r="C58">
+        <v>854</v>
+      </c>
+      <c r="D58">
+        <v>797</v>
+      </c>
+      <c r="E58">
         <v>4</v>
       </c>
-      <c r="E54">
-[...71 lines deleted...]
-    <row r="59" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F58">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="B59">
-        <v>4653</v>
+        <v>11788</v>
       </c>
       <c r="C59">
-        <v>1333</v>
+        <v>2328</v>
       </c>
       <c r="D59">
-        <v>3</v>
+        <v>2146</v>
       </c>
       <c r="E59">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5" x14ac:dyDescent="0.35">
+        <v>7</v>
+      </c>
+      <c r="F59">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="B60">
-        <v>630</v>
+        <v>18055</v>
       </c>
       <c r="C60">
-        <v>397</v>
+        <v>4809</v>
       </c>
       <c r="D60">
-        <v>1</v>
+        <v>4371</v>
       </c>
       <c r="E60">
         <v>10</v>
       </c>
-    </row>
-    <row r="61" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F60">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="B61">
-        <v>4254</v>
+        <v>8036</v>
       </c>
       <c r="C61">
-        <v>1485</v>
+        <v>2112</v>
       </c>
       <c r="D61">
+        <v>1967</v>
+      </c>
+      <c r="E61">
+        <v>9</v>
+      </c>
+      <c r="F61">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
+        <v>102</v>
+      </c>
+      <c r="B62">
+        <v>6764</v>
+      </c>
+      <c r="C62">
+        <v>1479</v>
+      </c>
+      <c r="D62">
+        <v>1357</v>
+      </c>
+      <c r="E62">
+        <v>4</v>
+      </c>
+      <c r="F62">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>103</v>
+      </c>
+      <c r="B63">
+        <v>5449</v>
+      </c>
+      <c r="C63">
+        <v>2457</v>
+      </c>
+      <c r="D63">
+        <v>2273</v>
+      </c>
+      <c r="E63">
+        <v>7</v>
+      </c>
+      <c r="F63">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>110</v>
+      </c>
+      <c r="B64">
+        <v>4339</v>
+      </c>
+      <c r="C64">
+        <v>2104</v>
+      </c>
+      <c r="D64">
+        <v>1944</v>
+      </c>
+      <c r="E64">
+        <v>8</v>
+      </c>
+      <c r="F64">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>111</v>
+      </c>
+      <c r="B65">
+        <v>4047</v>
+      </c>
+      <c r="C65">
+        <v>1981</v>
+      </c>
+      <c r="D65">
+        <v>1826</v>
+      </c>
+      <c r="E65">
+        <v>5</v>
+      </c>
+      <c r="F65">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>112</v>
+      </c>
+      <c r="B66">
+        <v>39865</v>
+      </c>
+      <c r="C66">
+        <v>11330</v>
+      </c>
+      <c r="D66">
+        <v>10332</v>
+      </c>
+      <c r="E66">
+        <v>22</v>
+      </c>
+      <c r="F66">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>116</v>
+      </c>
+      <c r="B67">
+        <v>18126</v>
+      </c>
+      <c r="C67">
+        <v>6029</v>
+      </c>
+      <c r="D67">
+        <v>5553</v>
+      </c>
+      <c r="E67">
+        <v>25</v>
+      </c>
+      <c r="F67">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>118</v>
+      </c>
+      <c r="B68">
+        <v>11871</v>
+      </c>
+      <c r="C68">
+        <v>2784</v>
+      </c>
+      <c r="D68">
+        <v>2545</v>
+      </c>
+      <c r="E68">
+        <v>8</v>
+      </c>
+      <c r="F68">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>119</v>
+      </c>
+      <c r="B69">
+        <v>1705</v>
+      </c>
+      <c r="C69">
+        <v>1210</v>
+      </c>
+      <c r="D69">
+        <v>1126</v>
+      </c>
+      <c r="E69">
+        <v>3</v>
+      </c>
+      <c r="F69">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>120</v>
+      </c>
+      <c r="B70">
+        <v>12548</v>
+      </c>
+      <c r="C70">
+        <v>4453</v>
+      </c>
+      <c r="D70">
+        <v>4112</v>
+      </c>
+      <c r="E70">
+        <v>25</v>
+      </c>
+      <c r="F70">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>122</v>
+      </c>
+      <c r="B71">
+        <v>25017</v>
+      </c>
+      <c r="C71">
+        <v>6683</v>
+      </c>
+      <c r="D71">
+        <v>6167</v>
+      </c>
+      <c r="E71">
+        <v>13</v>
+      </c>
+      <c r="F71">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>123</v>
+      </c>
+      <c r="B72">
+        <v>10023</v>
+      </c>
+      <c r="C72">
+        <v>4091</v>
+      </c>
+      <c r="D72">
+        <v>3786</v>
+      </c>
+      <c r="E72">
+        <v>27</v>
+      </c>
+      <c r="F72">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>128</v>
+      </c>
+      <c r="B73">
+        <v>7123</v>
+      </c>
+      <c r="C73">
+        <v>3200</v>
+      </c>
+      <c r="D73">
+        <v>3039</v>
+      </c>
+      <c r="E73">
+        <v>4</v>
+      </c>
+      <c r="F73">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>131</v>
+      </c>
+      <c r="B74">
+        <v>10341</v>
+      </c>
+      <c r="C74">
+        <v>3467</v>
+      </c>
+      <c r="D74">
+        <v>3217</v>
+      </c>
+      <c r="E74">
+        <v>25</v>
+      </c>
+      <c r="F74">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>132</v>
+      </c>
+      <c r="B75">
+        <v>11259</v>
+      </c>
+      <c r="C75">
+        <v>2829</v>
+      </c>
+      <c r="D75">
+        <v>2698</v>
+      </c>
+      <c r="E75">
+        <v>5</v>
+      </c>
+      <c r="F75">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>133</v>
+      </c>
+      <c r="B76">
+        <v>20253</v>
+      </c>
+      <c r="C76">
+        <v>5319</v>
+      </c>
+      <c r="D76">
+        <v>4921</v>
+      </c>
+      <c r="E76">
+        <v>9</v>
+      </c>
+      <c r="F76">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>135</v>
+      </c>
+      <c r="B77">
+        <v>2883</v>
+      </c>
+      <c r="C77">
+        <v>1494</v>
+      </c>
+      <c r="D77">
+        <v>1361</v>
+      </c>
+      <c r="E77">
+        <v>3</v>
+      </c>
+      <c r="F77">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>138</v>
+      </c>
+      <c r="B78">
+        <v>3252</v>
+      </c>
+      <c r="C78">
+        <v>1586</v>
+      </c>
+      <c r="D78">
+        <v>1474</v>
+      </c>
+      <c r="E78">
+        <v>4</v>
+      </c>
+      <c r="F78">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>139</v>
+      </c>
+      <c r="B79">
+        <v>22216</v>
+      </c>
+      <c r="C79">
+        <v>5707</v>
+      </c>
+      <c r="D79">
+        <v>5197</v>
+      </c>
+      <c r="E79">
+        <v>15</v>
+      </c>
+      <c r="F79">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>140</v>
+      </c>
+      <c r="B80">
+        <v>528</v>
+      </c>
+      <c r="C80">
+        <v>429</v>
+      </c>
+      <c r="D80">
+        <v>407</v>
+      </c>
+      <c r="E80">
+        <v>5</v>
+      </c>
+      <c r="F80">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>143</v>
+      </c>
+      <c r="B81">
+        <v>16064</v>
+      </c>
+      <c r="C81">
+        <v>3682</v>
+      </c>
+      <c r="D81">
+        <v>3374</v>
+      </c>
+      <c r="E81">
+        <v>9</v>
+      </c>
+      <c r="F81">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>145</v>
+      </c>
+      <c r="B82">
+        <v>9791</v>
+      </c>
+      <c r="C82">
+        <v>4298</v>
+      </c>
+      <c r="D82">
+        <v>4026</v>
+      </c>
+      <c r="E82">
+        <v>7</v>
+      </c>
+      <c r="F82">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>146</v>
+      </c>
+      <c r="B83">
+        <v>25701</v>
+      </c>
+      <c r="C83">
+        <v>8469</v>
+      </c>
+      <c r="D83">
+        <v>7798</v>
+      </c>
+      <c r="E83">
+        <v>22</v>
+      </c>
+      <c r="F83">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>149</v>
+      </c>
+      <c r="B84">
+        <v>38961</v>
+      </c>
+      <c r="C84">
+        <v>10973</v>
+      </c>
+      <c r="D84">
+        <v>10006</v>
+      </c>
+      <c r="E84">
+        <v>24</v>
+      </c>
+      <c r="F84">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>150</v>
+      </c>
+      <c r="B85">
+        <v>7396</v>
+      </c>
+      <c r="C85">
+        <v>3329</v>
+      </c>
+      <c r="D85">
+        <v>3104</v>
+      </c>
+      <c r="E85">
+        <v>5</v>
+      </c>
+      <c r="F85">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>152</v>
+      </c>
+      <c r="B86">
+        <v>23825</v>
+      </c>
+      <c r="C86">
+        <v>6668</v>
+      </c>
+      <c r="D86">
+        <v>6141</v>
+      </c>
+      <c r="E86">
+        <v>9</v>
+      </c>
+      <c r="F86">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>153</v>
+      </c>
+      <c r="B87">
+        <v>2090</v>
+      </c>
+      <c r="C87">
+        <v>1284</v>
+      </c>
+      <c r="D87">
+        <v>1214</v>
+      </c>
+      <c r="E87">
         <v>2</v>
       </c>
-      <c r="E61">
+      <c r="F87">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>154</v>
+      </c>
+      <c r="B88">
+        <v>2741</v>
+      </c>
+      <c r="C88">
+        <v>1445</v>
+      </c>
+      <c r="D88">
+        <v>1349</v>
+      </c>
+      <c r="E88">
         <v>4</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D62">
+      <c r="F88">
         <v>9</v>
       </c>
-      <c r="E62">
-[...13 lines deleted...]
-      <c r="D63">
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>156</v>
+      </c>
+      <c r="B89">
+        <v>23013</v>
+      </c>
+      <c r="C89">
+        <v>6118</v>
+      </c>
+      <c r="D89">
+        <v>5624</v>
+      </c>
+      <c r="E89">
+        <v>11</v>
+      </c>
+      <c r="F89">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>160</v>
+      </c>
+      <c r="B90">
+        <v>16114</v>
+      </c>
+      <c r="C90">
+        <v>4353</v>
+      </c>
+      <c r="D90">
+        <v>4039</v>
+      </c>
+      <c r="E90">
+        <v>8</v>
+      </c>
+      <c r="F90">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>161</v>
+      </c>
+      <c r="B91">
+        <v>31591</v>
+      </c>
+      <c r="C91">
+        <v>8752</v>
+      </c>
+      <c r="D91">
+        <v>7922</v>
+      </c>
+      <c r="E91">
+        <v>18</v>
+      </c>
+      <c r="F91">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>162</v>
+      </c>
+      <c r="B92">
+        <v>29945</v>
+      </c>
+      <c r="C92">
+        <v>8503</v>
+      </c>
+      <c r="D92">
+        <v>7679</v>
+      </c>
+      <c r="E92">
+        <v>18</v>
+      </c>
+      <c r="F92">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>163</v>
+      </c>
+      <c r="B93">
+        <v>28613</v>
+      </c>
+      <c r="C93">
+        <v>8147</v>
+      </c>
+      <c r="D93">
+        <v>7378</v>
+      </c>
+      <c r="E93">
         <v>16</v>
       </c>
-      <c r="E63">
-[...513 lines deleted...]
-    <row r="94" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F93">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B94">
-        <v>6962</v>
+        <v>37798</v>
       </c>
       <c r="C94">
-        <v>2051</v>
+        <v>10917</v>
       </c>
       <c r="D94">
-        <v>4</v>
+        <v>9968</v>
       </c>
       <c r="E94">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:5" x14ac:dyDescent="0.35">
+        <v>23</v>
+      </c>
+      <c r="F94">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>96</v>
+        <v>166</v>
       </c>
       <c r="B95">
-        <v>6059</v>
+        <v>28702</v>
       </c>
       <c r="C95">
-        <v>1876</v>
+        <v>7783</v>
       </c>
       <c r="D95">
-        <v>3</v>
+        <v>7107</v>
       </c>
       <c r="E95">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:5" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+      <c r="F95">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>97</v>
+        <v>168</v>
       </c>
       <c r="B96">
-        <v>2468</v>
+        <v>19020</v>
       </c>
       <c r="C96">
-        <v>1447</v>
+        <v>5960</v>
       </c>
       <c r="D96">
-        <v>3</v>
+        <v>5508</v>
       </c>
       <c r="E96">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
+        <v>9</v>
+      </c>
+      <c r="F96">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>98</v>
+        <v>172</v>
       </c>
       <c r="B97">
-        <v>8495</v>
+        <v>37416</v>
       </c>
       <c r="C97">
-        <v>1571</v>
+        <v>10921</v>
       </c>
       <c r="D97">
-        <v>2</v>
+        <v>9979</v>
       </c>
       <c r="E97">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:5" x14ac:dyDescent="0.35">
+        <v>23</v>
+      </c>
+      <c r="F97">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>99</v>
+        <v>174</v>
       </c>
       <c r="B98">
-        <v>4475</v>
+        <v>17694</v>
       </c>
       <c r="C98">
-        <v>1342</v>
+        <v>3929</v>
       </c>
       <c r="D98">
-        <v>3</v>
+        <v>3567</v>
       </c>
       <c r="E98">
         <v>4</v>
       </c>
-    </row>
-    <row r="99" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F98">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="B99">
-        <v>1014</v>
+        <v>8340</v>
       </c>
       <c r="C99">
-        <v>629</v>
+        <v>3710</v>
       </c>
       <c r="D99">
+        <v>3494</v>
+      </c>
+      <c r="E99">
+        <v>25</v>
+      </c>
+      <c r="F99">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>177</v>
+      </c>
+      <c r="B100">
+        <v>4641</v>
+      </c>
+      <c r="C100">
+        <v>2261</v>
+      </c>
+      <c r="D100">
+        <v>2102</v>
+      </c>
+      <c r="E100">
+        <v>5</v>
+      </c>
+      <c r="F100">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>181</v>
+      </c>
+      <c r="B101">
+        <v>547</v>
+      </c>
+      <c r="C101">
+        <v>243</v>
+      </c>
+      <c r="D101">
+        <v>232</v>
+      </c>
+      <c r="E101">
+        <v>2</v>
+      </c>
+      <c r="F101">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" t="s">
+        <v>184</v>
+      </c>
+      <c r="B102">
+        <v>24816</v>
+      </c>
+      <c r="C102">
+        <v>6849</v>
+      </c>
+      <c r="D102">
+        <v>6301</v>
+      </c>
+      <c r="E102">
+        <v>13</v>
+      </c>
+      <c r="F102">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" t="s">
+        <v>185</v>
+      </c>
+      <c r="B103">
+        <v>22802</v>
+      </c>
+      <c r="C103">
+        <v>6043</v>
+      </c>
+      <c r="D103">
+        <v>5585</v>
+      </c>
+      <c r="E103">
+        <v>11</v>
+      </c>
+      <c r="F103">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" t="s">
+        <v>187</v>
+      </c>
+      <c r="B104">
+        <v>24897</v>
+      </c>
+      <c r="C104">
+        <v>7876</v>
+      </c>
+      <c r="D104">
+        <v>7285</v>
+      </c>
+      <c r="E104">
+        <v>21</v>
+      </c>
+      <c r="F104">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" t="s">
+        <v>190</v>
+      </c>
+      <c r="B105">
+        <v>36396</v>
+      </c>
+      <c r="C105">
+        <v>10537</v>
+      </c>
+      <c r="D105">
+        <v>9595</v>
+      </c>
+      <c r="E105">
+        <v>23</v>
+      </c>
+      <c r="F105">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" t="s">
+        <v>191</v>
+      </c>
+      <c r="B106">
+        <v>34094</v>
+      </c>
+      <c r="C106">
+        <v>10004</v>
+      </c>
+      <c r="D106">
+        <v>9122</v>
+      </c>
+      <c r="E106">
+        <v>19</v>
+      </c>
+      <c r="F106">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" t="s">
+        <v>193</v>
+      </c>
+      <c r="B107">
+        <v>10416</v>
+      </c>
+      <c r="C107">
+        <v>2319</v>
+      </c>
+      <c r="D107">
+        <v>2174</v>
+      </c>
+      <c r="E107">
+        <v>6</v>
+      </c>
+      <c r="F107">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" t="s">
+        <v>194</v>
+      </c>
+      <c r="B108">
+        <v>33053</v>
+      </c>
+      <c r="C108">
+        <v>8793</v>
+      </c>
+      <c r="D108">
+        <v>8027</v>
+      </c>
+      <c r="E108">
+        <v>13</v>
+      </c>
+      <c r="F108">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" t="s">
+        <v>195</v>
+      </c>
+      <c r="B109">
+        <v>14670</v>
+      </c>
+      <c r="C109">
+        <v>3068</v>
+      </c>
+      <c r="D109">
+        <v>2863</v>
+      </c>
+      <c r="E109">
+        <v>8</v>
+      </c>
+      <c r="F109">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" t="s">
+        <v>196</v>
+      </c>
+      <c r="B110">
+        <v>22608</v>
+      </c>
+      <c r="C110">
+        <v>7620</v>
+      </c>
+      <c r="D110">
+        <v>7057</v>
+      </c>
+      <c r="E110">
+        <v>22</v>
+      </c>
+      <c r="F110">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" t="s">
+        <v>197</v>
+      </c>
+      <c r="B111">
+        <v>2</v>
+      </c>
+      <c r="C111">
+        <v>2</v>
+      </c>
+      <c r="D111">
+        <v>2</v>
+      </c>
+      <c r="E111">
         <v>1</v>
       </c>
-      <c r="E99">
+      <c r="F111">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" t="s">
+        <v>198</v>
+      </c>
+      <c r="B112">
+        <v>5971</v>
+      </c>
+      <c r="C112">
+        <v>1934</v>
+      </c>
+      <c r="D112">
+        <v>1783</v>
+      </c>
+      <c r="E112">
+        <v>8</v>
+      </c>
+      <c r="F112">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" t="s">
+        <v>199</v>
+      </c>
+      <c r="B113">
+        <v>1725</v>
+      </c>
+      <c r="C113">
+        <v>887</v>
+      </c>
+      <c r="D113">
+        <v>829</v>
+      </c>
+      <c r="E113">
         <v>4</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      <c r="E104">
+      <c r="F113">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>200</v>
+      </c>
+      <c r="B114">
+        <v>4366</v>
+      </c>
+      <c r="C114">
+        <v>2193</v>
+      </c>
+      <c r="D114">
+        <v>2024</v>
+      </c>
+      <c r="E114">
+        <v>9</v>
+      </c>
+      <c r="F114">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>202</v>
+      </c>
+      <c r="B115">
+        <v>20085</v>
+      </c>
+      <c r="C115">
+        <v>5552</v>
+      </c>
+      <c r="D115">
+        <v>5173</v>
+      </c>
+      <c r="E115">
+        <v>11</v>
+      </c>
+      <c r="F115">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>204</v>
+      </c>
+      <c r="B116">
+        <v>1034</v>
+      </c>
+      <c r="C116">
+        <v>471</v>
+      </c>
+      <c r="D116">
+        <v>453</v>
+      </c>
+      <c r="E116">
+        <v>3</v>
+      </c>
+      <c r="F116">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>206</v>
+      </c>
+      <c r="B117">
+        <v>8029</v>
+      </c>
+      <c r="C117">
+        <v>3875</v>
+      </c>
+      <c r="D117">
+        <v>3600</v>
+      </c>
+      <c r="E117">
         <v>7</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="D107">
+      <c r="F117">
         <v>9</v>
       </c>
-      <c r="E107">
-[...173 lines deleted...]
-    <row r="118" spans="1:5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="B118">
-        <v>4670</v>
+        <v>18467</v>
       </c>
       <c r="C118">
-        <v>1032</v>
+        <v>5198</v>
       </c>
       <c r="D118">
-        <v>2</v>
+        <v>4672</v>
       </c>
       <c r="E118">
         <v>9</v>
       </c>
-    </row>
-    <row r="119" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="F118">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="B119">
-        <v>3505</v>
+        <v>25324</v>
       </c>
       <c r="C119">
-        <v>1276</v>
+        <v>7104</v>
       </c>
       <c r="D119">
+        <v>6511</v>
+      </c>
+      <c r="E119">
+        <v>9</v>
+      </c>
+      <c r="F119">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>212</v>
+      </c>
+      <c r="B120">
+        <v>2242</v>
+      </c>
+      <c r="C120">
+        <v>1346</v>
+      </c>
+      <c r="D120">
+        <v>1239</v>
+      </c>
+      <c r="E120">
+        <v>4</v>
+      </c>
+      <c r="F120">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>213</v>
+      </c>
+      <c r="B121">
+        <v>3770</v>
+      </c>
+      <c r="C121">
+        <v>1932</v>
+      </c>
+      <c r="D121">
+        <v>1779</v>
+      </c>
+      <c r="E121">
+        <v>6</v>
+      </c>
+      <c r="F121">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>215</v>
+      </c>
+      <c r="B122">
+        <v>5693</v>
+      </c>
+      <c r="C122">
+        <v>1676</v>
+      </c>
+      <c r="D122">
+        <v>1498</v>
+      </c>
+      <c r="E122">
+        <v>7</v>
+      </c>
+      <c r="F122">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>217</v>
+      </c>
+      <c r="B123">
+        <v>32348</v>
+      </c>
+      <c r="C123">
+        <v>8879</v>
+      </c>
+      <c r="D123">
+        <v>8035</v>
+      </c>
+      <c r="E123">
+        <v>19</v>
+      </c>
+      <c r="F123">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" t="s">
+        <v>218</v>
+      </c>
+      <c r="B124">
+        <v>35628</v>
+      </c>
+      <c r="C124">
+        <v>9481</v>
+      </c>
+      <c r="D124">
+        <v>8639</v>
+      </c>
+      <c r="E124">
+        <v>15</v>
+      </c>
+      <c r="F124">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" t="s">
+        <v>219</v>
+      </c>
+      <c r="B125">
+        <v>17205</v>
+      </c>
+      <c r="C125">
+        <v>4420</v>
+      </c>
+      <c r="D125">
+        <v>4052</v>
+      </c>
+      <c r="E125">
+        <v>11</v>
+      </c>
+      <c r="F125">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" t="s">
+        <v>220</v>
+      </c>
+      <c r="B126">
+        <v>27330</v>
+      </c>
+      <c r="C126">
+        <v>7634</v>
+      </c>
+      <c r="D126">
+        <v>6977</v>
+      </c>
+      <c r="E126">
+        <v>15</v>
+      </c>
+      <c r="F126">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" t="s">
+        <v>222</v>
+      </c>
+      <c r="B127">
+        <v>25079</v>
+      </c>
+      <c r="C127">
+        <v>7556</v>
+      </c>
+      <c r="D127">
+        <v>6822</v>
+      </c>
+      <c r="E127">
+        <v>22</v>
+      </c>
+      <c r="F127">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" t="s">
+        <v>223</v>
+      </c>
+      <c r="B128">
+        <v>11233</v>
+      </c>
+      <c r="C128">
+        <v>2908</v>
+      </c>
+      <c r="D128">
+        <v>2717</v>
+      </c>
+      <c r="E128">
+        <v>7</v>
+      </c>
+      <c r="F128">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" t="s">
+        <v>224</v>
+      </c>
+      <c r="B129">
+        <v>2167</v>
+      </c>
+      <c r="C129">
+        <v>1560</v>
+      </c>
+      <c r="D129">
+        <v>1443</v>
+      </c>
+      <c r="E129">
         <v>2</v>
       </c>
-      <c r="E119">
+      <c r="F129">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130" t="s">
+        <v>225</v>
+      </c>
+      <c r="B130">
+        <v>25980</v>
+      </c>
+      <c r="C130">
+        <v>7211</v>
+      </c>
+      <c r="D130">
+        <v>6646</v>
+      </c>
+      <c r="E130">
+        <v>12</v>
+      </c>
+      <c r="F130">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131" t="s">
+        <v>226</v>
+      </c>
+      <c r="B131">
+        <v>28628</v>
+      </c>
+      <c r="C131">
+        <v>8721</v>
+      </c>
+      <c r="D131">
+        <v>8025</v>
+      </c>
+      <c r="E131">
+        <v>19</v>
+      </c>
+      <c r="F131">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" t="s">
+        <v>227</v>
+      </c>
+      <c r="B132">
+        <v>2028</v>
+      </c>
+      <c r="C132">
+        <v>1184</v>
+      </c>
+      <c r="D132">
+        <v>1105</v>
+      </c>
+      <c r="E132">
+        <v>1</v>
+      </c>
+      <c r="F132">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" t="s">
+        <v>230</v>
+      </c>
+      <c r="B133">
+        <v>8559</v>
+      </c>
+      <c r="C133">
+        <v>3886</v>
+      </c>
+      <c r="D133">
+        <v>3516</v>
+      </c>
+      <c r="E133">
+        <v>24</v>
+      </c>
+      <c r="F133">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>232</v>
+      </c>
+      <c r="B134">
+        <v>21517</v>
+      </c>
+      <c r="C134">
+        <v>5605</v>
+      </c>
+      <c r="D134">
+        <v>5221</v>
+      </c>
+      <c r="E134">
+        <v>12</v>
+      </c>
+      <c r="F134">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>233</v>
+      </c>
+      <c r="B135">
+        <v>12607</v>
+      </c>
+      <c r="C135">
+        <v>2685</v>
+      </c>
+      <c r="D135">
+        <v>2498</v>
+      </c>
+      <c r="E135">
+        <v>8</v>
+      </c>
+      <c r="F135">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>234</v>
+      </c>
+      <c r="B136">
+        <v>8229</v>
+      </c>
+      <c r="C136">
+        <v>3934</v>
+      </c>
+      <c r="D136">
+        <v>3676</v>
+      </c>
+      <c r="E136">
+        <v>24</v>
+      </c>
+      <c r="F136">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>238</v>
+      </c>
+      <c r="B137">
+        <v>13320</v>
+      </c>
+      <c r="C137">
+        <v>5213</v>
+      </c>
+      <c r="D137">
+        <v>4754</v>
+      </c>
+      <c r="E137">
+        <v>13</v>
+      </c>
+      <c r="F137">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>239</v>
+      </c>
+      <c r="B138">
+        <v>4715</v>
+      </c>
+      <c r="C138">
+        <v>2069</v>
+      </c>
+      <c r="D138">
+        <v>1820</v>
+      </c>
+      <c r="E138">
+        <v>3</v>
+      </c>
+      <c r="F138">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>242</v>
+      </c>
+      <c r="B139">
+        <v>10562</v>
+      </c>
+      <c r="C139">
+        <v>2652</v>
+      </c>
+      <c r="D139">
+        <v>2468</v>
+      </c>
+      <c r="E139">
+        <v>11</v>
+      </c>
+      <c r="F139">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>246</v>
+      </c>
+      <c r="B140">
+        <v>10705</v>
+      </c>
+      <c r="C140">
+        <v>2481</v>
+      </c>
+      <c r="D140">
+        <v>2265</v>
+      </c>
+      <c r="E140">
+        <v>8</v>
+      </c>
+      <c r="F140">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>247</v>
+      </c>
+      <c r="B141">
+        <v>21343</v>
+      </c>
+      <c r="C141">
+        <v>5850</v>
+      </c>
+      <c r="D141">
+        <v>5400</v>
+      </c>
+      <c r="E141">
+        <v>12</v>
+      </c>
+      <c r="F141">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>248</v>
+      </c>
+      <c r="B142">
+        <v>29282</v>
+      </c>
+      <c r="C142">
+        <v>8844</v>
+      </c>
+      <c r="D142">
+        <v>8135</v>
+      </c>
+      <c r="E142">
+        <v>19</v>
+      </c>
+      <c r="F142">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>249</v>
+      </c>
+      <c r="B143">
+        <v>10715</v>
+      </c>
+      <c r="C143">
+        <v>2209</v>
+      </c>
+      <c r="D143">
+        <v>2052</v>
+      </c>
+      <c r="E143">
+        <v>8</v>
+      </c>
+      <c r="F143">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>251</v>
+      </c>
+      <c r="B144">
+        <v>5979</v>
+      </c>
+      <c r="C144">
+        <v>3287</v>
+      </c>
+      <c r="D144">
+        <v>2988</v>
+      </c>
+      <c r="E144">
+        <v>1</v>
+      </c>
+      <c r="F144">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>255</v>
+      </c>
+      <c r="B145">
+        <v>2716</v>
+      </c>
+      <c r="C145">
+        <v>1502</v>
+      </c>
+      <c r="D145">
+        <v>1405</v>
+      </c>
+      <c r="E145">
+        <v>2</v>
+      </c>
+      <c r="F145">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>256</v>
+      </c>
+      <c r="B146">
+        <v>7272</v>
+      </c>
+      <c r="C146">
+        <v>3360</v>
+      </c>
+      <c r="D146">
+        <v>3127</v>
+      </c>
+      <c r="E146">
+        <v>6</v>
+      </c>
+      <c r="F146">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>258</v>
+      </c>
+      <c r="B147">
+        <v>8216</v>
+      </c>
+      <c r="C147">
+        <v>3278</v>
+      </c>
+      <c r="D147">
+        <v>3011</v>
+      </c>
+      <c r="E147">
+        <v>9</v>
+      </c>
+      <c r="F147">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>262</v>
+      </c>
+      <c r="B148">
+        <v>2279</v>
+      </c>
+      <c r="C148">
+        <v>1371</v>
+      </c>
+      <c r="D148">
+        <v>1294</v>
+      </c>
+      <c r="E148">
+        <v>2</v>
+      </c>
+      <c r="F148">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>266</v>
+      </c>
+      <c r="B149">
+        <v>4606</v>
+      </c>
+      <c r="C149">
+        <v>1444</v>
+      </c>
+      <c r="D149">
+        <v>1328</v>
+      </c>
+      <c r="E149">
         <v>4</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D120">
+      <c r="F149">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>268</v>
+      </c>
+      <c r="B150">
+        <v>8737</v>
+      </c>
+      <c r="C150">
+        <v>3203</v>
+      </c>
+      <c r="D150">
+        <v>3020</v>
+      </c>
+      <c r="E150">
+        <v>23</v>
+      </c>
+      <c r="F150">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>269</v>
+      </c>
+      <c r="B151">
+        <v>18308</v>
+      </c>
+      <c r="C151">
+        <v>5000</v>
+      </c>
+      <c r="D151">
+        <v>4613</v>
+      </c>
+      <c r="E151">
+        <v>8</v>
+      </c>
+      <c r="F151">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>272</v>
+      </c>
+      <c r="B152">
+        <v>7251</v>
+      </c>
+      <c r="C152">
+        <v>3211</v>
+      </c>
+      <c r="D152">
+        <v>2878</v>
+      </c>
+      <c r="E152">
         <v>7</v>
       </c>
-      <c r="E120">
+      <c r="F152">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>274</v>
+      </c>
+      <c r="B153">
+        <v>22545</v>
+      </c>
+      <c r="C153">
+        <v>6494</v>
+      </c>
+      <c r="D153">
+        <v>6027</v>
+      </c>
+      <c r="E153">
+        <v>19</v>
+      </c>
+      <c r="F153">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>275</v>
+      </c>
+      <c r="B154">
+        <v>32468</v>
+      </c>
+      <c r="C154">
+        <v>9600</v>
+      </c>
+      <c r="D154">
+        <v>8728</v>
+      </c>
+      <c r="E154">
+        <v>23</v>
+      </c>
+      <c r="F154">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>280</v>
+      </c>
+      <c r="B155">
+        <v>8032</v>
+      </c>
+      <c r="C155">
+        <v>1850</v>
+      </c>
+      <c r="D155">
+        <v>1730</v>
+      </c>
+      <c r="E155">
+        <v>5</v>
+      </c>
+      <c r="F155">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>282</v>
+      </c>
+      <c r="B156">
+        <v>14603</v>
+      </c>
+      <c r="C156">
+        <v>4039</v>
+      </c>
+      <c r="D156">
+        <v>3633</v>
+      </c>
+      <c r="E156">
+        <v>8</v>
+      </c>
+      <c r="F156">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>285</v>
+      </c>
+      <c r="B157">
+        <v>27510</v>
+      </c>
+      <c r="C157">
+        <v>7808</v>
+      </c>
+      <c r="D157">
+        <v>7169</v>
+      </c>
+      <c r="E157">
+        <v>14</v>
+      </c>
+      <c r="F157">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>286</v>
+      </c>
+      <c r="B158">
+        <v>23129</v>
+      </c>
+      <c r="C158">
+        <v>6243</v>
+      </c>
+      <c r="D158">
+        <v>5722</v>
+      </c>
+      <c r="E158">
+        <v>14</v>
+      </c>
+      <c r="F158">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>287</v>
+      </c>
+      <c r="B159">
+        <v>9313</v>
+      </c>
+      <c r="C159">
+        <v>2212</v>
+      </c>
+      <c r="D159">
+        <v>2087</v>
+      </c>
+      <c r="E159">
+        <v>7</v>
+      </c>
+      <c r="F159">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>290</v>
+      </c>
+      <c r="B160">
         <v>10</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="D123">
+      <c r="C160">
+        <v>6</v>
+      </c>
+      <c r="D160">
+        <v>5</v>
+      </c>
+      <c r="E160">
+        <v>2</v>
+      </c>
+      <c r="F160">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>292</v>
+      </c>
+      <c r="B161">
+        <v>19072</v>
+      </c>
+      <c r="C161">
+        <v>7297</v>
+      </c>
+      <c r="D161">
+        <v>6784</v>
+      </c>
+      <c r="E161">
+        <v>11</v>
+      </c>
+      <c r="F161">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>294</v>
+      </c>
+      <c r="B162">
+        <v>29380</v>
+      </c>
+      <c r="C162">
+        <v>8246</v>
+      </c>
+      <c r="D162">
+        <v>7554</v>
+      </c>
+      <c r="E162">
+        <v>17</v>
+      </c>
+      <c r="F162">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>295</v>
+      </c>
+      <c r="B163">
+        <v>3633</v>
+      </c>
+      <c r="C163">
+        <v>1777</v>
+      </c>
+      <c r="D163">
+        <v>1642</v>
+      </c>
+      <c r="E163">
+        <v>6</v>
+      </c>
+      <c r="F163">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>296</v>
+      </c>
+      <c r="B164">
+        <v>2777</v>
+      </c>
+      <c r="C164">
+        <v>1549</v>
+      </c>
+      <c r="D164">
+        <v>1450</v>
+      </c>
+      <c r="E164">
         <v>3</v>
       </c>
-      <c r="E123">
+      <c r="F164">
         <v>4</v>
       </c>
     </row>
-    <row r="124" spans="1:5" x14ac:dyDescent="0.35">
-[...400 lines deleted...]
-      <c r="D147">
+    <row r="165" spans="1:6">
+      <c r="A165" t="s">
+        <v>298</v>
+      </c>
+      <c r="B165">
+        <v>20552</v>
+      </c>
+      <c r="C165">
+        <v>5625</v>
+      </c>
+      <c r="D165">
+        <v>5026</v>
+      </c>
+      <c r="E165">
         <v>17</v>
       </c>
-      <c r="E147">
-[...115 lines deleted...]
-      <c r="D154">
+      <c r="F165">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" t="s">
+        <v>299</v>
+      </c>
+      <c r="B166">
+        <v>22816</v>
+      </c>
+      <c r="C166">
+        <v>7327</v>
+      </c>
+      <c r="D166">
+        <v>6641</v>
+      </c>
+      <c r="E166">
+        <v>18</v>
+      </c>
+      <c r="F166">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>300</v>
+      </c>
+      <c r="B167">
+        <v>6098</v>
+      </c>
+      <c r="C167">
+        <v>2403</v>
+      </c>
+      <c r="D167">
+        <v>2039</v>
+      </c>
+      <c r="E167">
         <v>17</v>
       </c>
-      <c r="E154">
-[...2244 lines deleted...]
-        <v>10</v>
+      <c r="F167">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E1" xr:uid="{68C6A249-2041-40B1-A3A7-2413690AC6E5}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AF2725CF-62EF-452D-A6D7-3CB707F63865}">
-  <dimension ref="A1:F77"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D14D3FEF-F1EF-40F2-8E41-1BAF0CEBA917}">
+  <dimension ref="A1:F288"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="G32" sqref="G32"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" sqref="A1:A2"/>
+      <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="8.54296875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="10.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="63" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:6" s="3" customFormat="1">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2">
+        <v>631</v>
+      </c>
+      <c r="C2">
+        <v>460</v>
+      </c>
+      <c r="D2">
+        <v>211</v>
+      </c>
+      <c r="E2">
+        <v>3</v>
+      </c>
+      <c r="F2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3">
+        <v>8860</v>
+      </c>
+      <c r="C3">
+        <v>2891</v>
+      </c>
+      <c r="D3">
+        <v>807</v>
+      </c>
+      <c r="E3">
+        <v>7</v>
+      </c>
+      <c r="F3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4">
+        <v>18951</v>
+      </c>
+      <c r="C4">
+        <v>2780</v>
+      </c>
+      <c r="D4">
+        <v>744</v>
+      </c>
+      <c r="E4">
+        <v>4</v>
+      </c>
+      <c r="F4">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5">
+        <v>16748</v>
+      </c>
+      <c r="C5">
+        <v>6148</v>
+      </c>
+      <c r="D5">
+        <v>1647</v>
+      </c>
+      <c r="E5">
+        <v>13</v>
+      </c>
+      <c r="F5">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6">
+        <v>20919</v>
+      </c>
+      <c r="C6">
+        <v>4068</v>
+      </c>
+      <c r="D6">
+        <v>1007</v>
+      </c>
+      <c r="E6">
+        <v>7</v>
+      </c>
+      <c r="F6">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7">
+        <v>23602</v>
+      </c>
+      <c r="C7">
+        <v>4851</v>
+      </c>
+      <c r="D7">
+        <v>1273</v>
+      </c>
+      <c r="E7">
+        <v>9</v>
+      </c>
+      <c r="F7">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8">
+        <v>21922</v>
+      </c>
+      <c r="C8">
+        <v>7335</v>
+      </c>
+      <c r="D8">
+        <v>1720</v>
+      </c>
+      <c r="E8">
+        <v>7</v>
+      </c>
+      <c r="F8">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9">
+        <v>5938</v>
+      </c>
+      <c r="C9">
+        <v>2675</v>
+      </c>
+      <c r="D9">
+        <v>760</v>
+      </c>
+      <c r="E9">
+        <v>6</v>
+      </c>
+      <c r="F9">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10">
+        <v>9600</v>
+      </c>
+      <c r="C10">
+        <v>4126</v>
+      </c>
+      <c r="D10">
+        <v>1038</v>
+      </c>
+      <c r="E10">
+        <v>6</v>
+      </c>
+      <c r="F10">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11">
+        <v>31890</v>
+      </c>
+      <c r="C11">
+        <v>8309</v>
+      </c>
+      <c r="D11">
+        <v>2379</v>
+      </c>
+      <c r="E11">
+        <v>11</v>
+      </c>
+      <c r="F11">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12">
+        <v>19262</v>
+      </c>
+      <c r="C12">
+        <v>6993</v>
+      </c>
+      <c r="D12">
+        <v>1584</v>
+      </c>
+      <c r="E12">
+        <v>11</v>
+      </c>
+      <c r="F12">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13">
+        <v>164</v>
+      </c>
+      <c r="C13">
+        <v>94</v>
+      </c>
+      <c r="D13">
+        <v>50</v>
+      </c>
+      <c r="E13">
+        <v>2</v>
+      </c>
+      <c r="F13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14">
+        <v>6387</v>
+      </c>
+      <c r="C14">
+        <v>3023</v>
+      </c>
+      <c r="D14">
+        <v>830</v>
+      </c>
+      <c r="E14">
+        <v>3</v>
+      </c>
+      <c r="F14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15">
+        <v>14360</v>
+      </c>
+      <c r="C15">
+        <v>5332</v>
+      </c>
+      <c r="D15">
+        <v>1109</v>
+      </c>
+      <c r="E15">
+        <v>5</v>
+      </c>
+      <c r="F15">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16">
+        <v>12763</v>
+      </c>
+      <c r="C16">
+        <v>3126</v>
+      </c>
+      <c r="D16">
+        <v>773</v>
+      </c>
+      <c r="E16">
+        <v>7</v>
+      </c>
+      <c r="F16">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>301</v>
+      </c>
+      <c r="B17">
+        <v>36</v>
+      </c>
+      <c r="C17">
+        <v>36</v>
+      </c>
+      <c r="D17">
+        <v>28</v>
+      </c>
+      <c r="E17">
+        <v>1</v>
+      </c>
+      <c r="F17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18">
+        <v>17826</v>
+      </c>
+      <c r="C18">
+        <v>5107</v>
+      </c>
+      <c r="D18">
+        <v>1192</v>
+      </c>
+      <c r="E18">
+        <v>10</v>
+      </c>
+      <c r="F18">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19">
+        <v>11724</v>
+      </c>
+      <c r="C19">
+        <v>4144</v>
+      </c>
+      <c r="D19">
+        <v>893</v>
+      </c>
+      <c r="E19">
+        <v>7</v>
+      </c>
+      <c r="F19">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20">
+        <v>8453</v>
+      </c>
+      <c r="C20">
+        <v>2782</v>
+      </c>
+      <c r="D20">
+        <v>735</v>
+      </c>
+      <c r="E20">
+        <v>5</v>
+      </c>
+      <c r="F20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21">
+        <v>15076</v>
+      </c>
+      <c r="C21">
+        <v>3604</v>
+      </c>
+      <c r="D21">
+        <v>815</v>
+      </c>
+      <c r="E21">
+        <v>5</v>
+      </c>
+      <c r="F21">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22">
+        <v>7136</v>
+      </c>
+      <c r="C22">
+        <v>2499</v>
+      </c>
+      <c r="D22">
+        <v>703</v>
+      </c>
+      <c r="E22">
+        <v>6</v>
+      </c>
+      <c r="F22">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23">
+        <v>4370</v>
+      </c>
+      <c r="C23">
+        <v>1924</v>
+      </c>
+      <c r="D23">
+        <v>550</v>
+      </c>
+      <c r="E23">
+        <v>3</v>
+      </c>
+      <c r="F23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24">
+        <v>12861</v>
+      </c>
+      <c r="C24">
+        <v>4407</v>
+      </c>
+      <c r="D24">
+        <v>1184</v>
+      </c>
+      <c r="E24">
+        <v>11</v>
+      </c>
+      <c r="F24">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25">
+        <v>18394</v>
+      </c>
+      <c r="C25">
+        <v>4864</v>
+      </c>
+      <c r="D25">
+        <v>1408</v>
+      </c>
+      <c r="E25">
+        <v>9</v>
+      </c>
+      <c r="F25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26">
+        <v>4248</v>
+      </c>
+      <c r="C26">
+        <v>1818</v>
+      </c>
+      <c r="D26">
+        <v>501</v>
+      </c>
+      <c r="E26">
+        <v>1</v>
+      </c>
+      <c r="F26">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27">
+        <v>32783</v>
+      </c>
+      <c r="C27">
+        <v>8953</v>
+      </c>
+      <c r="D27">
+        <v>2074</v>
+      </c>
+      <c r="E27">
+        <v>15</v>
+      </c>
+      <c r="F27">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28">
+        <v>5297</v>
+      </c>
+      <c r="C28">
+        <v>2559</v>
+      </c>
+      <c r="D28">
+        <v>679</v>
+      </c>
+      <c r="E28">
+        <v>3</v>
+      </c>
+      <c r="F28">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>34</v>
+      </c>
+      <c r="B29">
+        <v>28327</v>
+      </c>
+      <c r="C29">
+        <v>4782</v>
+      </c>
+      <c r="D29">
+        <v>1199</v>
+      </c>
+      <c r="E29">
+        <v>8</v>
+      </c>
+      <c r="F29">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>35</v>
+      </c>
+      <c r="B30">
+        <v>4297</v>
+      </c>
+      <c r="C30">
+        <v>1939</v>
+      </c>
+      <c r="D30">
+        <v>615</v>
+      </c>
+      <c r="E30">
+        <v>4</v>
+      </c>
+      <c r="F30">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31">
+        <v>228</v>
+      </c>
+      <c r="C31">
+        <v>228</v>
+      </c>
+      <c r="D31">
+        <v>41</v>
+      </c>
+      <c r="E31">
+        <v>3</v>
+      </c>
+      <c r="F31">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>37</v>
+      </c>
+      <c r="B32">
+        <v>32155</v>
+      </c>
+      <c r="C32">
+        <v>6527</v>
+      </c>
+      <c r="D32">
+        <v>1994</v>
+      </c>
+      <c r="E32">
+        <v>10</v>
+      </c>
+      <c r="F32">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>38</v>
+      </c>
+      <c r="B33">
+        <v>10217</v>
+      </c>
+      <c r="C33">
+        <v>1980</v>
+      </c>
+      <c r="D33">
+        <v>508</v>
+      </c>
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34">
+        <v>12744</v>
+      </c>
+      <c r="C34">
+        <v>4726</v>
+      </c>
+      <c r="D34">
+        <v>1069</v>
+      </c>
+      <c r="E34">
+        <v>5</v>
+      </c>
+      <c r="F34">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>40</v>
+      </c>
+      <c r="B35">
+        <v>27271</v>
+      </c>
+      <c r="C35">
+        <v>6890</v>
+      </c>
+      <c r="D35">
+        <v>1721</v>
+      </c>
+      <c r="E35">
+        <v>10</v>
+      </c>
+      <c r="F35">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36">
+        <v>3442</v>
+      </c>
+      <c r="C36">
+        <v>1057</v>
+      </c>
+      <c r="D36">
+        <v>375</v>
+      </c>
+      <c r="E36">
+        <v>1</v>
+      </c>
+      <c r="F36">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>42</v>
+      </c>
+      <c r="B37">
+        <v>20456</v>
+      </c>
+      <c r="C37">
+        <v>4746</v>
+      </c>
+      <c r="D37">
+        <v>1172</v>
+      </c>
+      <c r="E37">
+        <v>10</v>
+      </c>
+      <c r="F37">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>43</v>
+      </c>
+      <c r="B38">
+        <v>78723</v>
+      </c>
+      <c r="C38">
+        <v>15474</v>
+      </c>
+      <c r="D38">
+        <v>3645</v>
+      </c>
+      <c r="E38">
+        <v>22</v>
+      </c>
+      <c r="F38">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>44</v>
+      </c>
+      <c r="B39">
+        <v>1406</v>
+      </c>
+      <c r="C39">
+        <v>785</v>
+      </c>
+      <c r="D39">
+        <v>304</v>
+      </c>
+      <c r="E39">
+        <v>6</v>
+      </c>
+      <c r="F39">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>45</v>
+      </c>
+      <c r="B40">
+        <v>150</v>
+      </c>
+      <c r="C40">
+        <v>150</v>
+      </c>
+      <c r="D40">
+        <v>95</v>
+      </c>
+      <c r="E40">
+        <v>1</v>
+      </c>
+      <c r="F40">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41">
+        <v>8750</v>
+      </c>
+      <c r="C41">
+        <v>2001</v>
+      </c>
+      <c r="D41">
+        <v>616</v>
+      </c>
+      <c r="E41">
+        <v>2</v>
+      </c>
+      <c r="F41">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>47</v>
+      </c>
+      <c r="B42">
+        <v>24496</v>
+      </c>
+      <c r="C42">
+        <v>6437</v>
+      </c>
+      <c r="D42">
+        <v>1720</v>
+      </c>
+      <c r="E42">
+        <v>9</v>
+      </c>
+      <c r="F42">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>48</v>
+      </c>
+      <c r="B43">
+        <v>10242</v>
+      </c>
+      <c r="C43">
+        <v>3500</v>
+      </c>
+      <c r="D43">
+        <v>1035</v>
+      </c>
+      <c r="E43">
+        <v>6</v>
+      </c>
+      <c r="F43">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>49</v>
+      </c>
+      <c r="B44">
+        <v>2124</v>
+      </c>
+      <c r="C44">
+        <v>1163</v>
+      </c>
+      <c r="D44">
+        <v>428</v>
+      </c>
+      <c r="E44">
+        <v>2</v>
+      </c>
+      <c r="F44">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>50</v>
+      </c>
+      <c r="B45">
+        <v>3236</v>
+      </c>
+      <c r="C45">
+        <v>1239</v>
+      </c>
+      <c r="D45">
+        <v>342</v>
+      </c>
+      <c r="E45">
+        <v>2</v>
+      </c>
+      <c r="F45">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B46">
+        <v>9864</v>
+      </c>
+      <c r="C46">
+        <v>3849</v>
+      </c>
+      <c r="D46">
+        <v>994</v>
+      </c>
+      <c r="E46">
+        <v>4</v>
+      </c>
+      <c r="F46">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>52</v>
+      </c>
+      <c r="B47">
+        <v>10998</v>
+      </c>
+      <c r="C47">
+        <v>1926</v>
+      </c>
+      <c r="D47">
+        <v>546</v>
+      </c>
+      <c r="E47">
+        <v>2</v>
+      </c>
+      <c r="F47">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>53</v>
+      </c>
+      <c r="B48">
+        <v>3869</v>
+      </c>
+      <c r="C48">
+        <v>1633</v>
+      </c>
+      <c r="D48">
+        <v>559</v>
+      </c>
+      <c r="E48">
+        <v>4</v>
+      </c>
+      <c r="F48">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>54</v>
+      </c>
+      <c r="B49">
+        <v>15346</v>
+      </c>
+      <c r="C49">
+        <v>5908</v>
+      </c>
+      <c r="D49">
+        <v>1246</v>
+      </c>
+      <c r="E49">
+        <v>9</v>
+      </c>
+      <c r="F49">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>55</v>
+      </c>
+      <c r="B50">
+        <v>4124</v>
+      </c>
+      <c r="C50">
+        <v>1782</v>
+      </c>
+      <c r="D50">
+        <v>493</v>
+      </c>
+      <c r="E50">
+        <v>3</v>
+      </c>
+      <c r="F50">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>56</v>
+      </c>
+      <c r="B51">
+        <v>13203</v>
+      </c>
+      <c r="C51">
+        <v>2823</v>
+      </c>
+      <c r="D51">
+        <v>706</v>
+      </c>
+      <c r="E51">
+        <v>5</v>
+      </c>
+      <c r="F51">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>57</v>
+      </c>
+      <c r="B52">
+        <v>7807</v>
+      </c>
+      <c r="C52">
+        <v>2679</v>
+      </c>
+      <c r="D52">
+        <v>660</v>
+      </c>
+      <c r="E52">
+        <v>5</v>
+      </c>
+      <c r="F52">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>58</v>
+      </c>
+      <c r="B53">
+        <v>26</v>
+      </c>
+      <c r="C53">
+        <v>18</v>
+      </c>
+      <c r="D53">
+        <v>8</v>
+      </c>
+      <c r="E53">
+        <v>1</v>
+      </c>
+      <c r="F53">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>59</v>
+      </c>
+      <c r="B54">
+        <v>22871</v>
+      </c>
+      <c r="C54">
+        <v>4316</v>
+      </c>
+      <c r="D54">
+        <v>1148</v>
+      </c>
+      <c r="E54">
+        <v>10</v>
+      </c>
+      <c r="F54">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>60</v>
+      </c>
+      <c r="B55">
+        <v>452</v>
+      </c>
+      <c r="C55">
+        <v>377</v>
+      </c>
+      <c r="D55">
+        <v>183</v>
+      </c>
+      <c r="E55">
+        <v>4</v>
+      </c>
+      <c r="F55">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>61</v>
+      </c>
+      <c r="B56">
+        <v>6821</v>
+      </c>
+      <c r="C56">
+        <v>2111</v>
+      </c>
+      <c r="D56">
+        <v>631</v>
+      </c>
+      <c r="E56">
+        <v>5</v>
+      </c>
+      <c r="F56">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>62</v>
+      </c>
+      <c r="B57">
+        <v>18157</v>
+      </c>
+      <c r="C57">
+        <v>5000</v>
+      </c>
+      <c r="D57">
+        <v>1134</v>
+      </c>
+      <c r="E57">
+        <v>8</v>
+      </c>
+      <c r="F57">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>63</v>
+      </c>
+      <c r="B58">
+        <v>11506</v>
+      </c>
+      <c r="C58">
+        <v>1936</v>
+      </c>
+      <c r="D58">
+        <v>518</v>
+      </c>
+      <c r="E58">
+        <v>4</v>
+      </c>
+      <c r="F58">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>64</v>
+      </c>
+      <c r="B59">
+        <v>11476</v>
+      </c>
+      <c r="C59">
+        <v>2593</v>
+      </c>
+      <c r="D59">
+        <v>695</v>
+      </c>
+      <c r="E59">
+        <v>5</v>
+      </c>
+      <c r="F59">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>65</v>
+      </c>
+      <c r="B60">
+        <v>5277</v>
+      </c>
+      <c r="C60">
+        <v>1593</v>
+      </c>
+      <c r="D60">
+        <v>459</v>
+      </c>
+      <c r="E60">
+        <v>3</v>
+      </c>
+      <c r="F60">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>66</v>
+      </c>
+      <c r="B61">
+        <v>633</v>
+      </c>
+      <c r="C61">
+        <v>397</v>
+      </c>
+      <c r="D61">
+        <v>223</v>
+      </c>
+      <c r="E61">
+        <v>1</v>
+      </c>
+      <c r="F61">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
+        <v>67</v>
+      </c>
+      <c r="B62">
+        <v>5343</v>
+      </c>
+      <c r="C62">
+        <v>1798</v>
+      </c>
+      <c r="D62">
+        <v>523</v>
+      </c>
+      <c r="E62">
+        <v>2</v>
+      </c>
+      <c r="F62">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>68</v>
+      </c>
+      <c r="B63">
+        <v>32045</v>
+      </c>
+      <c r="C63">
+        <v>7584</v>
+      </c>
+      <c r="D63">
+        <v>1580</v>
+      </c>
+      <c r="E63">
+        <v>9</v>
+      </c>
+      <c r="F63">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>69</v>
+      </c>
+      <c r="B64">
+        <v>33163</v>
+      </c>
+      <c r="C64">
+        <v>8739</v>
+      </c>
+      <c r="D64">
+        <v>2574</v>
+      </c>
+      <c r="E64">
+        <v>16</v>
+      </c>
+      <c r="F64">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>70</v>
+      </c>
+      <c r="B65">
+        <v>6460</v>
+      </c>
+      <c r="C65">
+        <v>1807</v>
+      </c>
+      <c r="D65">
+        <v>534</v>
+      </c>
+      <c r="E65">
+        <v>2</v>
+      </c>
+      <c r="F65">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>71</v>
+      </c>
+      <c r="B66">
+        <v>1124</v>
+      </c>
+      <c r="C66">
+        <v>726</v>
+      </c>
+      <c r="D66">
+        <v>224</v>
+      </c>
+      <c r="E66">
+        <v>2</v>
+      </c>
+      <c r="F66">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>72</v>
+      </c>
+      <c r="B67">
+        <v>10789</v>
+      </c>
+      <c r="C67">
+        <v>3852</v>
+      </c>
+      <c r="D67">
+        <v>858</v>
+      </c>
+      <c r="E67">
+        <v>4</v>
+      </c>
+      <c r="F67">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>73</v>
+      </c>
+      <c r="B68">
+        <v>18543</v>
+      </c>
+      <c r="C68">
+        <v>2836</v>
+      </c>
+      <c r="D68">
+        <v>819</v>
+      </c>
+      <c r="E68">
+        <v>4</v>
+      </c>
+      <c r="F68">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>74</v>
+      </c>
+      <c r="B69">
+        <v>378</v>
+      </c>
+      <c r="C69">
+        <v>195</v>
+      </c>
+      <c r="D69">
+        <v>20</v>
+      </c>
+      <c r="E69">
+        <v>1</v>
+      </c>
+      <c r="F69">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>75</v>
+      </c>
+      <c r="B70">
+        <v>2538</v>
+      </c>
+      <c r="C70">
+        <v>1136</v>
+      </c>
+      <c r="D70">
+        <v>240</v>
+      </c>
+      <c r="E70">
+        <v>2</v>
+      </c>
+      <c r="F70">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>76</v>
+      </c>
+      <c r="B71">
+        <v>5810</v>
+      </c>
+      <c r="C71">
+        <v>3032</v>
+      </c>
+      <c r="D71">
+        <v>864</v>
+      </c>
+      <c r="E71">
+        <v>6</v>
+      </c>
+      <c r="F71">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>77</v>
+      </c>
+      <c r="B72">
+        <v>6129</v>
+      </c>
+      <c r="C72">
+        <v>1568</v>
+      </c>
+      <c r="D72">
+        <v>515</v>
+      </c>
+      <c r="E72">
+        <v>4</v>
+      </c>
+      <c r="F72">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>78</v>
+      </c>
+      <c r="B73">
+        <v>6349</v>
+      </c>
+      <c r="C73">
+        <v>2140</v>
+      </c>
+      <c r="D73">
+        <v>620</v>
+      </c>
+      <c r="E73">
+        <v>3</v>
+      </c>
+      <c r="F73">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>79</v>
+      </c>
+      <c r="B74">
+        <v>4880</v>
+      </c>
+      <c r="C74">
+        <v>2314</v>
+      </c>
+      <c r="D74">
+        <v>675</v>
+      </c>
+      <c r="E74">
+        <v>5</v>
+      </c>
+      <c r="F74">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>80</v>
+      </c>
+      <c r="B75">
+        <v>5889</v>
+      </c>
+      <c r="C75">
+        <v>2382</v>
+      </c>
+      <c r="D75">
+        <v>727</v>
+      </c>
+      <c r="E75">
+        <v>6</v>
+      </c>
+      <c r="F75">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>81</v>
+      </c>
+      <c r="B76">
+        <v>7626</v>
+      </c>
+      <c r="C76">
+        <v>1793</v>
+      </c>
+      <c r="D76">
+        <v>542</v>
+      </c>
+      <c r="E76">
+        <v>3</v>
+      </c>
+      <c r="F76">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>82</v>
+      </c>
+      <c r="B77">
+        <v>22377</v>
+      </c>
+      <c r="C77">
+        <v>5425</v>
+      </c>
+      <c r="D77">
+        <v>1222</v>
+      </c>
+      <c r="E77">
+        <v>10</v>
+      </c>
+      <c r="F77">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>83</v>
+      </c>
+      <c r="B78">
+        <v>38019</v>
+      </c>
+      <c r="C78">
+        <v>8028</v>
+      </c>
+      <c r="D78">
+        <v>2337</v>
+      </c>
+      <c r="E78">
+        <v>13</v>
+      </c>
+      <c r="F78">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>84</v>
+      </c>
+      <c r="B79">
+        <v>25944</v>
+      </c>
+      <c r="C79">
+        <v>4943</v>
+      </c>
+      <c r="D79">
+        <v>1114</v>
+      </c>
+      <c r="E79">
+        <v>8</v>
+      </c>
+      <c r="F79">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>85</v>
+      </c>
+      <c r="B80">
+        <v>31945</v>
+      </c>
+      <c r="C80">
+        <v>8059</v>
+      </c>
+      <c r="D80">
+        <v>2035</v>
+      </c>
+      <c r="E80">
+        <v>16</v>
+      </c>
+      <c r="F80">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>86</v>
+      </c>
+      <c r="B81">
+        <v>64626</v>
+      </c>
+      <c r="C81">
+        <v>11519</v>
+      </c>
+      <c r="D81">
+        <v>2358</v>
+      </c>
+      <c r="E81">
+        <v>19</v>
+      </c>
+      <c r="F81">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>87</v>
+      </c>
+      <c r="B82">
+        <v>15449</v>
+      </c>
+      <c r="C82">
+        <v>2830</v>
+      </c>
+      <c r="D82">
+        <v>780</v>
+      </c>
+      <c r="E82">
+        <v>6</v>
+      </c>
+      <c r="F82">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>88</v>
+      </c>
+      <c r="B83">
+        <v>14490</v>
+      </c>
+      <c r="C83">
+        <v>2404</v>
+      </c>
+      <c r="D83">
+        <v>764</v>
+      </c>
+      <c r="E83">
+        <v>3</v>
+      </c>
+      <c r="F83">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>89</v>
+      </c>
+      <c r="B84">
+        <v>4548</v>
+      </c>
+      <c r="C84">
+        <v>2140</v>
+      </c>
+      <c r="D84">
+        <v>588</v>
+      </c>
+      <c r="E84">
+        <v>3</v>
+      </c>
+      <c r="F84">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>92</v>
+      </c>
+      <c r="B85">
+        <v>7182</v>
+      </c>
+      <c r="C85">
+        <v>1461</v>
+      </c>
+      <c r="D85">
+        <v>422</v>
+      </c>
+      <c r="E85">
+        <v>2</v>
+      </c>
+      <c r="F85">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>93</v>
+      </c>
+      <c r="B86">
+        <v>13945</v>
+      </c>
+      <c r="C86">
+        <v>2619</v>
+      </c>
+      <c r="D86">
+        <v>739</v>
+      </c>
+      <c r="E86">
+        <v>4</v>
+      </c>
+      <c r="F86">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>94</v>
+      </c>
+      <c r="B87">
+        <v>3470</v>
+      </c>
+      <c r="C87">
+        <v>1392</v>
+      </c>
+      <c r="D87">
+        <v>393</v>
+      </c>
+      <c r="E87">
+        <v>2</v>
+      </c>
+      <c r="F87">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>95</v>
+      </c>
+      <c r="B88">
+        <v>154</v>
+      </c>
+      <c r="C88">
+        <v>154</v>
+      </c>
+      <c r="D88">
+        <v>76</v>
+      </c>
+      <c r="E88">
+        <v>1</v>
+      </c>
+      <c r="F88">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>96</v>
+      </c>
+      <c r="B89">
+        <v>17755</v>
+      </c>
+      <c r="C89">
+        <v>3301</v>
+      </c>
+      <c r="D89">
+        <v>794</v>
+      </c>
+      <c r="E89">
+        <v>6</v>
+      </c>
+      <c r="F89">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>97</v>
+      </c>
+      <c r="B90">
+        <v>15669</v>
+      </c>
+      <c r="C90">
+        <v>2698</v>
+      </c>
+      <c r="D90">
+        <v>868</v>
+      </c>
+      <c r="E90">
+        <v>5</v>
+      </c>
+      <c r="F90">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>98</v>
+      </c>
+      <c r="B91">
+        <v>20151</v>
+      </c>
+      <c r="C91">
+        <v>3136</v>
+      </c>
+      <c r="D91">
+        <v>917</v>
+      </c>
+      <c r="E91">
+        <v>6</v>
+      </c>
+      <c r="F91">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>99</v>
+      </c>
+      <c r="B92">
+        <v>5849</v>
+      </c>
+      <c r="C92">
+        <v>1814</v>
+      </c>
+      <c r="D92">
+        <v>502</v>
+      </c>
+      <c r="E92">
+        <v>1</v>
+      </c>
+      <c r="F92">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>100</v>
+      </c>
+      <c r="B93">
+        <v>34844</v>
+      </c>
+      <c r="C93">
+        <v>7627</v>
+      </c>
+      <c r="D93">
+        <v>1907</v>
+      </c>
+      <c r="E93">
+        <v>12</v>
+      </c>
+      <c r="F93">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>101</v>
+      </c>
+      <c r="B94">
+        <v>21960</v>
+      </c>
+      <c r="C94">
+        <v>4909</v>
+      </c>
+      <c r="D94">
+        <v>1319</v>
+      </c>
+      <c r="E94">
+        <v>8</v>
+      </c>
+      <c r="F94">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>102</v>
+      </c>
+      <c r="B95">
+        <v>7069</v>
+      </c>
+      <c r="C95">
+        <v>2119</v>
+      </c>
+      <c r="D95">
+        <v>719</v>
+      </c>
+      <c r="E95">
+        <v>4</v>
+      </c>
+      <c r="F95">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>103</v>
+      </c>
+      <c r="B96">
+        <v>7945</v>
+      </c>
+      <c r="C96">
+        <v>2371</v>
+      </c>
+      <c r="D96">
+        <v>654</v>
+      </c>
+      <c r="E96">
+        <v>4</v>
+      </c>
+      <c r="F96">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>104</v>
+      </c>
+      <c r="B97">
+        <v>4202</v>
+      </c>
+      <c r="C97">
+        <v>2165</v>
+      </c>
+      <c r="D97">
+        <v>590</v>
+      </c>
+      <c r="E97">
+        <v>4</v>
+      </c>
+      <c r="F97">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>105</v>
+      </c>
+      <c r="B98">
+        <v>9512</v>
+      </c>
+      <c r="C98">
+        <v>1847</v>
+      </c>
+      <c r="D98">
+        <v>539</v>
+      </c>
+      <c r="E98">
+        <v>2</v>
+      </c>
+      <c r="F98">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>106</v>
+      </c>
+      <c r="B99">
+        <v>5993</v>
+      </c>
+      <c r="C99">
+        <v>1737</v>
+      </c>
+      <c r="D99">
+        <v>491</v>
+      </c>
+      <c r="E99">
+        <v>4</v>
+      </c>
+      <c r="F99">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>107</v>
+      </c>
+      <c r="B100">
+        <v>1578</v>
+      </c>
+      <c r="C100">
+        <v>727</v>
+      </c>
+      <c r="D100">
+        <v>100</v>
+      </c>
+      <c r="E100">
+        <v>1</v>
+      </c>
+      <c r="F100">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>108</v>
+      </c>
+      <c r="B101">
+        <v>5841</v>
+      </c>
+      <c r="C101">
+        <v>1641</v>
+      </c>
+      <c r="D101">
+        <v>512</v>
+      </c>
+      <c r="E101">
+        <v>2</v>
+      </c>
+      <c r="F101">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" t="s">
+        <v>302</v>
+      </c>
+      <c r="B102">
+        <v>4326</v>
+      </c>
+      <c r="C102">
+        <v>1578</v>
+      </c>
+      <c r="D102">
+        <v>527</v>
+      </c>
+      <c r="E102">
+        <v>1</v>
+      </c>
+      <c r="F102">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" t="s">
+        <v>109</v>
+      </c>
+      <c r="B103">
+        <v>13776</v>
+      </c>
+      <c r="C103">
+        <v>2069</v>
+      </c>
+      <c r="D103">
+        <v>530</v>
+      </c>
+      <c r="E103">
+        <v>2</v>
+      </c>
+      <c r="F103">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" t="s">
+        <v>110</v>
+      </c>
+      <c r="B104">
+        <v>6933</v>
+      </c>
+      <c r="C104">
+        <v>2094</v>
+      </c>
+      <c r="D104">
+        <v>675</v>
+      </c>
+      <c r="E104">
+        <v>4</v>
+      </c>
+      <c r="F104">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" t="s">
+        <v>111</v>
+      </c>
+      <c r="B105">
+        <v>9627</v>
+      </c>
+      <c r="C105">
+        <v>3553</v>
+      </c>
+      <c r="D105">
+        <v>867</v>
+      </c>
+      <c r="E105">
+        <v>7</v>
+      </c>
+      <c r="F105">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" t="s">
+        <v>112</v>
+      </c>
+      <c r="B106">
+        <v>79443</v>
+      </c>
+      <c r="C106">
+        <v>15429</v>
+      </c>
+      <c r="D106">
+        <v>3652</v>
+      </c>
+      <c r="E106">
+        <v>21</v>
+      </c>
+      <c r="F106">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" t="s">
+        <v>113</v>
+      </c>
+      <c r="B107">
+        <v>10544</v>
+      </c>
+      <c r="C107">
+        <v>1912</v>
+      </c>
+      <c r="D107">
+        <v>629</v>
+      </c>
+      <c r="E107">
+        <v>3</v>
+      </c>
+      <c r="F107">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" t="s">
+        <v>114</v>
+      </c>
+      <c r="B108">
+        <v>24234</v>
+      </c>
+      <c r="C108">
+        <v>4443</v>
+      </c>
+      <c r="D108">
+        <v>1168</v>
+      </c>
+      <c r="E108">
+        <v>9</v>
+      </c>
+      <c r="F108">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" t="s">
+        <v>115</v>
+      </c>
+      <c r="B109">
+        <v>6510</v>
+      </c>
+      <c r="C109">
+        <v>1661</v>
+      </c>
+      <c r="D109">
+        <v>467</v>
+      </c>
+      <c r="E109">
+        <v>3</v>
+      </c>
+      <c r="F109">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" t="s">
+        <v>116</v>
+      </c>
+      <c r="B110">
+        <v>24518</v>
+      </c>
+      <c r="C110">
+        <v>5803</v>
+      </c>
+      <c r="D110">
+        <v>1207</v>
+      </c>
+      <c r="E110">
+        <v>5</v>
+      </c>
+      <c r="F110">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" t="s">
+        <v>117</v>
+      </c>
+      <c r="B111">
+        <v>6645</v>
+      </c>
+      <c r="C111">
+        <v>1926</v>
+      </c>
+      <c r="D111">
+        <v>591</v>
+      </c>
+      <c r="E111">
+        <v>4</v>
+      </c>
+      <c r="F111">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" t="s">
+        <v>120</v>
+      </c>
+      <c r="B112">
+        <v>20640</v>
+      </c>
+      <c r="C112">
+        <v>5242</v>
+      </c>
+      <c r="D112">
+        <v>1132</v>
+      </c>
+      <c r="E112">
+        <v>8</v>
+      </c>
+      <c r="F112">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" t="s">
+        <v>122</v>
+      </c>
+      <c r="B113">
+        <v>40847</v>
+      </c>
+      <c r="C113">
+        <v>9162</v>
+      </c>
+      <c r="D113">
+        <v>1977</v>
+      </c>
+      <c r="E113">
+        <v>14</v>
+      </c>
+      <c r="F113">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>123</v>
+      </c>
+      <c r="B114">
+        <v>15284</v>
+      </c>
+      <c r="C114">
+        <v>4213</v>
+      </c>
+      <c r="D114">
+        <v>944</v>
+      </c>
+      <c r="E114">
+        <v>7</v>
+      </c>
+      <c r="F114">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>125</v>
+      </c>
+      <c r="B115">
+        <v>25841</v>
+      </c>
+      <c r="C115">
+        <v>5447</v>
+      </c>
+      <c r="D115">
+        <v>1271</v>
+      </c>
+      <c r="E115">
+        <v>7</v>
+      </c>
+      <c r="F115">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>126</v>
+      </c>
+      <c r="B116">
+        <v>26212</v>
+      </c>
+      <c r="C116">
+        <v>4751</v>
+      </c>
+      <c r="D116">
+        <v>1197</v>
+      </c>
+      <c r="E116">
+        <v>10</v>
+      </c>
+      <c r="F116">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>127</v>
+      </c>
+      <c r="B117">
+        <v>13632</v>
+      </c>
+      <c r="C117">
+        <v>5066</v>
+      </c>
+      <c r="D117">
+        <v>1136</v>
+      </c>
+      <c r="E117">
+        <v>3</v>
+      </c>
+      <c r="F117">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" t="s">
+        <v>128</v>
+      </c>
+      <c r="B118">
+        <v>4501</v>
+      </c>
+      <c r="C118">
+        <v>1630</v>
+      </c>
+      <c r="D118">
+        <v>503</v>
+      </c>
+      <c r="E118">
+        <v>3</v>
+      </c>
+      <c r="F118">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" t="s">
+        <v>129</v>
+      </c>
+      <c r="B119">
+        <v>5660</v>
+      </c>
+      <c r="C119">
+        <v>1305</v>
+      </c>
+      <c r="D119">
+        <v>459</v>
+      </c>
+      <c r="E119">
+        <v>2</v>
+      </c>
+      <c r="F119">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>130</v>
+      </c>
+      <c r="B120">
+        <v>4539</v>
+      </c>
+      <c r="C120">
+        <v>1566</v>
+      </c>
+      <c r="D120">
+        <v>481</v>
+      </c>
+      <c r="E120">
+        <v>2</v>
+      </c>
+      <c r="F120">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>131</v>
+      </c>
+      <c r="B121">
+        <v>22579</v>
+      </c>
+      <c r="C121">
+        <v>4313</v>
+      </c>
+      <c r="D121">
+        <v>1062</v>
+      </c>
+      <c r="E121">
+        <v>8</v>
+      </c>
+      <c r="F121">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>132</v>
+      </c>
+      <c r="B122">
+        <v>20228</v>
+      </c>
+      <c r="C122">
+        <v>3959</v>
+      </c>
+      <c r="D122">
+        <v>1082</v>
+      </c>
+      <c r="E122">
+        <v>8</v>
+      </c>
+      <c r="F122">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>133</v>
+      </c>
+      <c r="B123">
+        <v>26537</v>
+      </c>
+      <c r="C123">
+        <v>5640</v>
+      </c>
+      <c r="D123">
+        <v>1474</v>
+      </c>
+      <c r="E123">
+        <v>9</v>
+      </c>
+      <c r="F123">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" t="s">
+        <v>134</v>
+      </c>
+      <c r="B124">
+        <v>5069</v>
+      </c>
+      <c r="C124">
+        <v>1859</v>
+      </c>
+      <c r="D124">
+        <v>555</v>
+      </c>
+      <c r="E124">
+        <v>3</v>
+      </c>
+      <c r="F124">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" t="s">
+        <v>135</v>
+      </c>
+      <c r="B125">
+        <v>5237</v>
+      </c>
+      <c r="C125">
+        <v>1993</v>
+      </c>
+      <c r="D125">
+        <v>617</v>
+      </c>
+      <c r="E125">
+        <v>3</v>
+      </c>
+      <c r="F125">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" t="s">
+        <v>136</v>
+      </c>
+      <c r="B126">
+        <v>5116</v>
+      </c>
+      <c r="C126">
+        <v>1676</v>
+      </c>
+      <c r="D126">
+        <v>529</v>
+      </c>
+      <c r="E126">
+        <v>5</v>
+      </c>
+      <c r="F126">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" t="s">
         <v>303</v>
       </c>
-      <c r="B1" s="16"/>
-[...8 lines deleted...]
-      <c r="C2" s="17" t="s">
+      <c r="B127">
+        <v>150</v>
+      </c>
+      <c r="C127">
+        <v>150</v>
+      </c>
+      <c r="D127">
+        <v>95</v>
+      </c>
+      <c r="E127">
+        <v>1</v>
+      </c>
+      <c r="F127">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" t="s">
+        <v>137</v>
+      </c>
+      <c r="B128">
+        <v>26453</v>
+      </c>
+      <c r="C128">
+        <v>5865</v>
+      </c>
+      <c r="D128">
+        <v>1570</v>
+      </c>
+      <c r="E128">
+        <v>8</v>
+      </c>
+      <c r="F128">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" t="s">
+        <v>138</v>
+      </c>
+      <c r="B129">
+        <v>6043</v>
+      </c>
+      <c r="C129">
+        <v>2170</v>
+      </c>
+      <c r="D129">
+        <v>602</v>
+      </c>
+      <c r="E129">
+        <v>5</v>
+      </c>
+      <c r="F129">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130" t="s">
+        <v>139</v>
+      </c>
+      <c r="B130">
+        <v>54472</v>
+      </c>
+      <c r="C130">
+        <v>12183</v>
+      </c>
+      <c r="D130">
+        <v>2763</v>
+      </c>
+      <c r="E130">
+        <v>19</v>
+      </c>
+      <c r="F130">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131" t="s">
+        <v>140</v>
+      </c>
+      <c r="B131">
+        <v>480</v>
+      </c>
+      <c r="C131">
+        <v>255</v>
+      </c>
+      <c r="D131">
+        <v>40</v>
+      </c>
+      <c r="E131">
+        <v>1</v>
+      </c>
+      <c r="F131">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" t="s">
+        <v>141</v>
+      </c>
+      <c r="B132">
+        <v>3747</v>
+      </c>
+      <c r="C132">
+        <v>1614</v>
+      </c>
+      <c r="D132">
+        <v>324</v>
+      </c>
+      <c r="E132">
+        <v>4</v>
+      </c>
+      <c r="F132">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" t="s">
+        <v>142</v>
+      </c>
+      <c r="B133">
+        <v>19801</v>
+      </c>
+      <c r="C133">
+        <v>3247</v>
+      </c>
+      <c r="D133">
+        <v>934</v>
+      </c>
+      <c r="E133">
+        <v>4</v>
+      </c>
+      <c r="F133">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>143</v>
+      </c>
+      <c r="B134">
+        <v>29671</v>
+      </c>
+      <c r="C134">
+        <v>5980</v>
+      </c>
+      <c r="D134">
+        <v>1364</v>
+      </c>
+      <c r="E134">
+        <v>9</v>
+      </c>
+      <c r="F134">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>144</v>
+      </c>
+      <c r="B135">
+        <v>13954</v>
+      </c>
+      <c r="C135">
+        <v>2020</v>
+      </c>
+      <c r="D135">
+        <v>511</v>
+      </c>
+      <c r="E135">
+        <v>3</v>
+      </c>
+      <c r="F135">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>145</v>
+      </c>
+      <c r="B136">
+        <v>7974</v>
+      </c>
+      <c r="C136">
+        <v>3068</v>
+      </c>
+      <c r="D136">
+        <v>834</v>
+      </c>
+      <c r="E136">
+        <v>4</v>
+      </c>
+      <c r="F136">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>146</v>
+      </c>
+      <c r="B137">
+        <v>17907</v>
+      </c>
+      <c r="C137">
+        <v>5377</v>
+      </c>
+      <c r="D137">
+        <v>1459</v>
+      </c>
+      <c r="E137">
+        <v>6</v>
+      </c>
+      <c r="F137">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>147</v>
+      </c>
+      <c r="B138">
+        <v>7603</v>
+      </c>
+      <c r="C138">
+        <v>3050</v>
+      </c>
+      <c r="D138">
+        <v>595</v>
+      </c>
+      <c r="E138">
+        <v>2</v>
+      </c>
+      <c r="F138">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>148</v>
+      </c>
+      <c r="B139">
+        <v>4485</v>
+      </c>
+      <c r="C139">
+        <v>1486</v>
+      </c>
+      <c r="D139">
+        <v>322</v>
+      </c>
+      <c r="E139">
+        <v>3</v>
+      </c>
+      <c r="F139">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>149</v>
+      </c>
+      <c r="B140">
+        <v>39982</v>
+      </c>
+      <c r="C140">
+        <v>9592</v>
+      </c>
+      <c r="D140">
+        <v>2248</v>
+      </c>
+      <c r="E140">
+        <v>16</v>
+      </c>
+      <c r="F140">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>150</v>
+      </c>
+      <c r="B141">
+        <v>8243</v>
+      </c>
+      <c r="C141">
+        <v>2780</v>
+      </c>
+      <c r="D141">
+        <v>806</v>
+      </c>
+      <c r="E141">
+        <v>6</v>
+      </c>
+      <c r="F141">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>151</v>
+      </c>
+      <c r="B142">
+        <v>1230</v>
+      </c>
+      <c r="C142">
+        <v>376</v>
+      </c>
+      <c r="D142">
+        <v>182</v>
+      </c>
+      <c r="E142">
+        <v>1</v>
+      </c>
+      <c r="F142">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>152</v>
+      </c>
+      <c r="B143">
+        <v>22372</v>
+      </c>
+      <c r="C143">
+        <v>5416</v>
+      </c>
+      <c r="D143">
+        <v>1332</v>
+      </c>
+      <c r="E143">
+        <v>8</v>
+      </c>
+      <c r="F143">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>153</v>
+      </c>
+      <c r="B144">
+        <v>5958</v>
+      </c>
+      <c r="C144">
+        <v>2048</v>
+      </c>
+      <c r="D144">
+        <v>562</v>
+      </c>
+      <c r="E144">
+        <v>2</v>
+      </c>
+      <c r="F144">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>154</v>
+      </c>
+      <c r="B145">
+        <v>5028</v>
+      </c>
+      <c r="C145">
+        <v>1756</v>
+      </c>
+      <c r="D145">
+        <v>479</v>
+      </c>
+      <c r="E145">
+        <v>3</v>
+      </c>
+      <c r="F145">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>155</v>
+      </c>
+      <c r="B146">
+        <v>5587</v>
+      </c>
+      <c r="C146">
+        <v>1678</v>
+      </c>
+      <c r="D146">
+        <v>546</v>
+      </c>
+      <c r="E146">
+        <v>3</v>
+      </c>
+      <c r="F146">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>157</v>
+      </c>
+      <c r="B147">
+        <v>6263</v>
+      </c>
+      <c r="C147">
+        <v>1896</v>
+      </c>
+      <c r="D147">
+        <v>619</v>
+      </c>
+      <c r="E147">
+        <v>4</v>
+      </c>
+      <c r="F147">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>158</v>
+      </c>
+      <c r="B148">
+        <v>34474</v>
+      </c>
+      <c r="C148">
+        <v>9308</v>
+      </c>
+      <c r="D148">
+        <v>2322</v>
+      </c>
+      <c r="E148">
+        <v>17</v>
+      </c>
+      <c r="F148">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>159</v>
+      </c>
+      <c r="B149">
+        <v>10703</v>
+      </c>
+      <c r="C149">
+        <v>1922</v>
+      </c>
+      <c r="D149">
+        <v>569</v>
+      </c>
+      <c r="E149">
+        <v>2</v>
+      </c>
+      <c r="F149">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>160</v>
+      </c>
+      <c r="B150">
+        <v>30409</v>
+      </c>
+      <c r="C150">
+        <v>5905</v>
+      </c>
+      <c r="D150">
+        <v>1916</v>
+      </c>
+      <c r="E150">
+        <v>9</v>
+      </c>
+      <c r="F150">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>161</v>
+      </c>
+      <c r="B151">
+        <v>29806</v>
+      </c>
+      <c r="C151">
+        <v>7345</v>
+      </c>
+      <c r="D151">
+        <v>2019</v>
+      </c>
+      <c r="E151">
+        <v>12</v>
+      </c>
+      <c r="F151">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>162</v>
+      </c>
+      <c r="B152">
+        <v>28798</v>
+      </c>
+      <c r="C152">
+        <v>7788</v>
+      </c>
+      <c r="D152">
+        <v>2088</v>
+      </c>
+      <c r="E152">
+        <v>12</v>
+      </c>
+      <c r="F152">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>163</v>
+      </c>
+      <c r="B153">
+        <v>23865</v>
+      </c>
+      <c r="C153">
+        <v>6057</v>
+      </c>
+      <c r="D153">
+        <v>1749</v>
+      </c>
+      <c r="E153">
+        <v>10</v>
+      </c>
+      <c r="F153">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>164</v>
+      </c>
+      <c r="B154">
+        <v>6410</v>
+      </c>
+      <c r="C154">
+        <v>2472</v>
+      </c>
+      <c r="D154">
+        <v>729</v>
+      </c>
+      <c r="E154">
+        <v>3</v>
+      </c>
+      <c r="F154">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>165</v>
+      </c>
+      <c r="B155">
+        <v>58176</v>
+      </c>
+      <c r="C155">
+        <v>13804</v>
+      </c>
+      <c r="D155">
+        <v>3246</v>
+      </c>
+      <c r="E155">
+        <v>17</v>
+      </c>
+      <c r="F155">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>166</v>
+      </c>
+      <c r="B156">
+        <v>38405</v>
+      </c>
+      <c r="C156">
+        <v>8530</v>
+      </c>
+      <c r="D156">
+        <v>1849</v>
+      </c>
+      <c r="E156">
+        <v>13</v>
+      </c>
+      <c r="F156">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>167</v>
+      </c>
+      <c r="B157">
+        <v>25991</v>
+      </c>
+      <c r="C157">
+        <v>6082</v>
+      </c>
+      <c r="D157">
+        <v>1615</v>
+      </c>
+      <c r="E157">
+        <v>9</v>
+      </c>
+      <c r="F157">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>168</v>
+      </c>
+      <c r="B158">
+        <v>30429</v>
+      </c>
+      <c r="C158">
+        <v>7071</v>
+      </c>
+      <c r="D158">
+        <v>1889</v>
+      </c>
+      <c r="E158">
+        <v>13</v>
+      </c>
+      <c r="F158">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>169</v>
+      </c>
+      <c r="B159">
+        <v>7076</v>
+      </c>
+      <c r="C159">
+        <v>2225</v>
+      </c>
+      <c r="D159">
+        <v>729</v>
+      </c>
+      <c r="E159">
+        <v>4</v>
+      </c>
+      <c r="F159">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>170</v>
+      </c>
+      <c r="B160">
+        <v>14148</v>
+      </c>
+      <c r="C160">
+        <v>2372</v>
+      </c>
+      <c r="D160">
+        <v>692</v>
+      </c>
+      <c r="E160">
+        <v>4</v>
+      </c>
+      <c r="F160">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>171</v>
+      </c>
+      <c r="B161">
+        <v>29183</v>
+      </c>
+      <c r="C161">
+        <v>5543</v>
+      </c>
+      <c r="D161">
+        <v>1348</v>
+      </c>
+      <c r="E161">
+        <v>5</v>
+      </c>
+      <c r="F161">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>172</v>
+      </c>
+      <c r="B162">
+        <v>46186</v>
+      </c>
+      <c r="C162">
+        <v>10468</v>
+      </c>
+      <c r="D162">
+        <v>2966</v>
+      </c>
+      <c r="E162">
+        <v>18</v>
+      </c>
+      <c r="F162">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>173</v>
+      </c>
+      <c r="B163">
+        <v>24044</v>
+      </c>
+      <c r="C163">
+        <v>5814</v>
+      </c>
+      <c r="D163">
+        <v>1559</v>
+      </c>
+      <c r="E163">
+        <v>9</v>
+      </c>
+      <c r="F163">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>174</v>
+      </c>
+      <c r="B164">
+        <v>32013</v>
+      </c>
+      <c r="C164">
+        <v>6154</v>
+      </c>
+      <c r="D164">
+        <v>1264</v>
+      </c>
+      <c r="E164">
+        <v>11</v>
+      </c>
+      <c r="F164">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" t="s">
+        <v>175</v>
+      </c>
+      <c r="B165">
+        <v>378</v>
+      </c>
+      <c r="C165">
+        <v>195</v>
+      </c>
+      <c r="D165">
+        <v>19</v>
+      </c>
+      <c r="E165">
+        <v>1</v>
+      </c>
+      <c r="F165">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" t="s">
+        <v>176</v>
+      </c>
+      <c r="B166">
+        <v>10808</v>
+      </c>
+      <c r="C166">
+        <v>3692</v>
+      </c>
+      <c r="D166">
+        <v>1024</v>
+      </c>
+      <c r="E166">
+        <v>5</v>
+      </c>
+      <c r="F166">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>177</v>
+      </c>
+      <c r="B167">
+        <v>9452</v>
+      </c>
+      <c r="C167">
+        <v>3234</v>
+      </c>
+      <c r="D167">
+        <v>784</v>
+      </c>
+      <c r="E167">
+        <v>5</v>
+      </c>
+      <c r="F167">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" t="s">
+        <v>178</v>
+      </c>
+      <c r="B168">
+        <v>7418</v>
+      </c>
+      <c r="C168">
+        <v>2209</v>
+      </c>
+      <c r="D168">
+        <v>448</v>
+      </c>
+      <c r="E168">
+        <v>2</v>
+      </c>
+      <c r="F168">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" t="s">
+        <v>179</v>
+      </c>
+      <c r="B169">
+        <v>6316</v>
+      </c>
+      <c r="C169">
+        <v>1658</v>
+      </c>
+      <c r="D169">
+        <v>458</v>
+      </c>
+      <c r="E169">
+        <v>1</v>
+      </c>
+      <c r="F169">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" t="s">
         <v>304</v>
       </c>
-      <c r="D2" s="18"/>
-      <c r="E2" s="17" t="s">
+      <c r="B170">
+        <v>190</v>
+      </c>
+      <c r="C170">
+        <v>190</v>
+      </c>
+      <c r="D170">
+        <v>104</v>
+      </c>
+      <c r="E170">
+        <v>2</v>
+      </c>
+      <c r="F170">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>181</v>
+      </c>
+      <c r="B171">
+        <v>4076</v>
+      </c>
+      <c r="C171">
+        <v>1475</v>
+      </c>
+      <c r="D171">
+        <v>508</v>
+      </c>
+      <c r="E171">
+        <v>2</v>
+      </c>
+      <c r="F171">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" t="s">
+        <v>182</v>
+      </c>
+      <c r="B172">
+        <v>193</v>
+      </c>
+      <c r="C172">
+        <v>180</v>
+      </c>
+      <c r="D172">
+        <v>118</v>
+      </c>
+      <c r="E172">
+        <v>3</v>
+      </c>
+      <c r="F172">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>184</v>
+      </c>
+      <c r="B173">
+        <v>31245</v>
+      </c>
+      <c r="C173">
+        <v>8000</v>
+      </c>
+      <c r="D173">
+        <v>1817</v>
+      </c>
+      <c r="E173">
+        <v>14</v>
+      </c>
+      <c r="F173">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>185</v>
+      </c>
+      <c r="B174">
+        <v>33191</v>
+      </c>
+      <c r="C174">
+        <v>7201</v>
+      </c>
+      <c r="D174">
+        <v>1521</v>
+      </c>
+      <c r="E174">
+        <v>10</v>
+      </c>
+      <c r="F174">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>186</v>
+      </c>
+      <c r="B175">
+        <v>10154</v>
+      </c>
+      <c r="C175">
+        <v>3706</v>
+      </c>
+      <c r="D175">
+        <v>867</v>
+      </c>
+      <c r="E175">
+        <v>5</v>
+      </c>
+      <c r="F175">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>187</v>
+      </c>
+      <c r="B176">
+        <v>19600</v>
+      </c>
+      <c r="C176">
+        <v>4381</v>
+      </c>
+      <c r="D176">
+        <v>1254</v>
+      </c>
+      <c r="E176">
+        <v>8</v>
+      </c>
+      <c r="F176">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>188</v>
+      </c>
+      <c r="B177">
+        <v>7218</v>
+      </c>
+      <c r="C177">
+        <v>2370</v>
+      </c>
+      <c r="D177">
+        <v>737</v>
+      </c>
+      <c r="E177">
+        <v>8</v>
+      </c>
+      <c r="F177">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>189</v>
+      </c>
+      <c r="B178">
+        <v>29002</v>
+      </c>
+      <c r="C178">
+        <v>7819</v>
+      </c>
+      <c r="D178">
+        <v>2006</v>
+      </c>
+      <c r="E178">
+        <v>13</v>
+      </c>
+      <c r="F178">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>190</v>
+      </c>
+      <c r="B179">
+        <v>32156</v>
+      </c>
+      <c r="C179">
+        <v>8207</v>
+      </c>
+      <c r="D179">
+        <v>1999</v>
+      </c>
+      <c r="E179">
+        <v>16</v>
+      </c>
+      <c r="F179">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>191</v>
+      </c>
+      <c r="B180">
+        <v>29870</v>
+      </c>
+      <c r="C180">
+        <v>8381</v>
+      </c>
+      <c r="D180">
+        <v>2199</v>
+      </c>
+      <c r="E180">
+        <v>14</v>
+      </c>
+      <c r="F180">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
         <v>305</v>
       </c>
-      <c r="F2" s="18"/>
-[...2 lines deleted...]
-      <c r="A3" s="6" t="s">
+      <c r="B181">
+        <v>35</v>
+      </c>
+      <c r="C181">
+        <v>35</v>
+      </c>
+      <c r="D181">
+        <v>27</v>
+      </c>
+      <c r="E181">
+        <v>1</v>
+      </c>
+      <c r="F181">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>192</v>
+      </c>
+      <c r="B182">
+        <v>6422</v>
+      </c>
+      <c r="C182">
+        <v>2098</v>
+      </c>
+      <c r="D182">
+        <v>631</v>
+      </c>
+      <c r="E182">
+        <v>5</v>
+      </c>
+      <c r="F182">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>193</v>
+      </c>
+      <c r="B183">
+        <v>20363</v>
+      </c>
+      <c r="C183">
+        <v>2951</v>
+      </c>
+      <c r="D183">
+        <v>900</v>
+      </c>
+      <c r="E183">
+        <v>6</v>
+      </c>
+      <c r="F183">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>194</v>
+      </c>
+      <c r="B184">
+        <v>44329</v>
+      </c>
+      <c r="C184">
+        <v>10049</v>
+      </c>
+      <c r="D184">
+        <v>2669</v>
+      </c>
+      <c r="E184">
+        <v>13</v>
+      </c>
+      <c r="F184">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>195</v>
+      </c>
+      <c r="B185">
+        <v>34555</v>
+      </c>
+      <c r="C185">
+        <v>6337</v>
+      </c>
+      <c r="D185">
+        <v>1726</v>
+      </c>
+      <c r="E185">
+        <v>5</v>
+      </c>
+      <c r="F185">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>196</v>
+      </c>
+      <c r="B186">
+        <v>18846</v>
+      </c>
+      <c r="C186">
+        <v>4735</v>
+      </c>
+      <c r="D186">
+        <v>1473</v>
+      </c>
+      <c r="E186">
+        <v>11</v>
+      </c>
+      <c r="F186">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>198</v>
+      </c>
+      <c r="B187">
+        <v>14376</v>
+      </c>
+      <c r="C187">
+        <v>2500</v>
+      </c>
+      <c r="D187">
+        <v>718</v>
+      </c>
+      <c r="E187">
+        <v>7</v>
+      </c>
+      <c r="F187">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>199</v>
+      </c>
+      <c r="B188">
+        <v>2067</v>
+      </c>
+      <c r="C188">
+        <v>1263</v>
+      </c>
+      <c r="D188">
+        <v>495</v>
+      </c>
+      <c r="E188">
+        <v>5</v>
+      </c>
+      <c r="F188">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>200</v>
+      </c>
+      <c r="B189">
+        <v>7364</v>
+      </c>
+      <c r="C189">
+        <v>2610</v>
+      </c>
+      <c r="D189">
+        <v>815</v>
+      </c>
+      <c r="E189">
+        <v>7</v>
+      </c>
+      <c r="F189">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>201</v>
+      </c>
+      <c r="B190">
+        <v>13923</v>
+      </c>
+      <c r="C190">
+        <v>5377</v>
+      </c>
+      <c r="D190">
+        <v>1176</v>
+      </c>
+      <c r="E190">
+        <v>7</v>
+      </c>
+      <c r="F190">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>202</v>
+      </c>
+      <c r="B191">
+        <v>23148</v>
+      </c>
+      <c r="C191">
+        <v>5670</v>
+      </c>
+      <c r="D191">
+        <v>1505</v>
+      </c>
+      <c r="E191">
+        <v>7</v>
+      </c>
+      <c r="F191">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>203</v>
+      </c>
+      <c r="B192">
+        <v>3894</v>
+      </c>
+      <c r="C192">
+        <v>1801</v>
+      </c>
+      <c r="D192">
+        <v>551</v>
+      </c>
+      <c r="E192">
+        <v>2</v>
+      </c>
+      <c r="F192">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>204</v>
+      </c>
+      <c r="B193">
+        <v>4508</v>
+      </c>
+      <c r="C193">
+        <v>2195</v>
+      </c>
+      <c r="D193">
+        <v>467</v>
+      </c>
+      <c r="E193">
+        <v>3</v>
+      </c>
+      <c r="F193">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>205</v>
+      </c>
+      <c r="B194">
+        <v>6913</v>
+      </c>
+      <c r="C194">
+        <v>2130</v>
+      </c>
+      <c r="D194">
+        <v>642</v>
+      </c>
+      <c r="E194">
+        <v>5</v>
+      </c>
+      <c r="F194">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>206</v>
+      </c>
+      <c r="B195">
+        <v>10402</v>
+      </c>
+      <c r="C195">
+        <v>3676</v>
+      </c>
+      <c r="D195">
+        <v>948</v>
+      </c>
+      <c r="E195">
+        <v>6</v>
+      </c>
+      <c r="F195">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>207</v>
+      </c>
+      <c r="B196">
+        <v>7830</v>
+      </c>
+      <c r="C196">
+        <v>1971</v>
+      </c>
+      <c r="D196">
+        <v>605</v>
+      </c>
+      <c r="E196">
+        <v>4</v>
+      </c>
+      <c r="F196">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>208</v>
+      </c>
+      <c r="B197">
+        <v>6495</v>
+      </c>
+      <c r="C197">
+        <v>1741</v>
+      </c>
+      <c r="D197">
+        <v>466</v>
+      </c>
+      <c r="E197">
+        <v>1</v>
+      </c>
+      <c r="F197">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>209</v>
+      </c>
+      <c r="B198">
+        <v>28208</v>
+      </c>
+      <c r="C198">
+        <v>6957</v>
+      </c>
+      <c r="D198">
+        <v>1441</v>
+      </c>
+      <c r="E198">
+        <v>10</v>
+      </c>
+      <c r="F198">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>210</v>
+      </c>
+      <c r="B199">
+        <v>6216</v>
+      </c>
+      <c r="C199">
+        <v>2222</v>
+      </c>
+      <c r="D199">
+        <v>649</v>
+      </c>
+      <c r="E199">
+        <v>5</v>
+      </c>
+      <c r="F199">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>211</v>
+      </c>
+      <c r="B200">
+        <v>22367</v>
+      </c>
+      <c r="C200">
+        <v>5924</v>
+      </c>
+      <c r="D200">
+        <v>1461</v>
+      </c>
+      <c r="E200">
+        <v>8</v>
+      </c>
+      <c r="F200">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>212</v>
+      </c>
+      <c r="B201">
+        <v>5085</v>
+      </c>
+      <c r="C201">
+        <v>1783</v>
+      </c>
+      <c r="D201">
+        <v>487</v>
+      </c>
+      <c r="E201">
+        <v>3</v>
+      </c>
+      <c r="F201">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202" t="s">
+        <v>213</v>
+      </c>
+      <c r="B202">
+        <v>6868</v>
+      </c>
+      <c r="C202">
+        <v>2444</v>
+      </c>
+      <c r="D202">
+        <v>687</v>
+      </c>
+      <c r="E202">
+        <v>5</v>
+      </c>
+      <c r="F202">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203" t="s">
+        <v>214</v>
+      </c>
+      <c r="B203">
+        <v>6188</v>
+      </c>
+      <c r="C203">
+        <v>1850</v>
+      </c>
+      <c r="D203">
+        <v>600</v>
+      </c>
+      <c r="E203">
+        <v>4</v>
+      </c>
+      <c r="F203">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204" t="s">
+        <v>215</v>
+      </c>
+      <c r="B204">
+        <v>8305</v>
+      </c>
+      <c r="C204">
+        <v>2512</v>
+      </c>
+      <c r="D204">
+        <v>720</v>
+      </c>
+      <c r="E204">
+        <v>7</v>
+      </c>
+      <c r="F204">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205" t="s">
+        <v>216</v>
+      </c>
+      <c r="B205">
+        <v>34595</v>
+      </c>
+      <c r="C205">
+        <v>7442</v>
+      </c>
+      <c r="D205">
+        <v>1521</v>
+      </c>
+      <c r="E205">
+        <v>7</v>
+      </c>
+      <c r="F205">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206" t="s">
+        <v>217</v>
+      </c>
+      <c r="B206">
+        <v>34108</v>
+      </c>
+      <c r="C206">
+        <v>8277</v>
+      </c>
+      <c r="D206">
+        <v>2139</v>
+      </c>
+      <c r="E206">
+        <v>16</v>
+      </c>
+      <c r="F206">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" t="s">
+        <v>218</v>
+      </c>
+      <c r="B207">
+        <v>49213</v>
+      </c>
+      <c r="C207">
+        <v>11225</v>
+      </c>
+      <c r="D207">
+        <v>2949</v>
+      </c>
+      <c r="E207">
+        <v>18</v>
+      </c>
+      <c r="F207">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>219</v>
+      </c>
+      <c r="B208">
+        <v>29057</v>
+      </c>
+      <c r="C208">
+        <v>6247</v>
+      </c>
+      <c r="D208">
+        <v>1453</v>
+      </c>
+      <c r="E208">
+        <v>12</v>
+      </c>
+      <c r="F208">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" t="s">
+        <v>220</v>
+      </c>
+      <c r="B209">
+        <v>32933</v>
+      </c>
+      <c r="C209">
+        <v>7776</v>
+      </c>
+      <c r="D209">
+        <v>1898</v>
+      </c>
+      <c r="E209">
+        <v>15</v>
+      </c>
+      <c r="F209">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210" t="s">
+        <v>221</v>
+      </c>
+      <c r="B210">
+        <v>33076</v>
+      </c>
+      <c r="C210">
+        <v>9164</v>
+      </c>
+      <c r="D210">
+        <v>2292</v>
+      </c>
+      <c r="E210">
+        <v>17</v>
+      </c>
+      <c r="F210">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211" t="s">
+        <v>222</v>
+      </c>
+      <c r="B211">
+        <v>31922</v>
+      </c>
+      <c r="C211">
+        <v>7598</v>
+      </c>
+      <c r="D211">
+        <v>1865</v>
+      </c>
+      <c r="E211">
+        <v>15</v>
+      </c>
+      <c r="F211">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212" t="s">
+        <v>223</v>
+      </c>
+      <c r="B212">
+        <v>12717</v>
+      </c>
+      <c r="C212">
+        <v>1811</v>
+      </c>
+      <c r="D212">
+        <v>582</v>
+      </c>
+      <c r="E212">
+        <v>3</v>
+      </c>
+      <c r="F212">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" t="s">
+        <v>224</v>
+      </c>
+      <c r="B213">
+        <v>3889</v>
+      </c>
+      <c r="C213">
+        <v>2028</v>
+      </c>
+      <c r="D213">
+        <v>607</v>
+      </c>
+      <c r="E213">
+        <v>2</v>
+      </c>
+      <c r="F213">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214" t="s">
+        <v>225</v>
+      </c>
+      <c r="B214">
+        <v>71751</v>
+      </c>
+      <c r="C214">
+        <v>13125</v>
+      </c>
+      <c r="D214">
+        <v>3032</v>
+      </c>
+      <c r="E214">
+        <v>15</v>
+      </c>
+      <c r="F214">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" t="s">
+        <v>226</v>
+      </c>
+      <c r="B215">
+        <v>23955</v>
+      </c>
+      <c r="C215">
+        <v>6470</v>
+      </c>
+      <c r="D215">
+        <v>1720</v>
+      </c>
+      <c r="E215">
+        <v>8</v>
+      </c>
+      <c r="F215">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" t="s">
+        <v>227</v>
+      </c>
+      <c r="B216">
+        <v>2532</v>
+      </c>
+      <c r="C216">
+        <v>1137</v>
+      </c>
+      <c r="D216">
+        <v>409</v>
+      </c>
+      <c r="E216">
+        <v>2</v>
+      </c>
+      <c r="F216">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" t="s">
+        <v>228</v>
+      </c>
+      <c r="B217">
+        <v>20129</v>
+      </c>
+      <c r="C217">
+        <v>3337</v>
+      </c>
+      <c r="D217">
+        <v>882</v>
+      </c>
+      <c r="E217">
+        <v>6</v>
+      </c>
+      <c r="F217">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218" t="s">
+        <v>229</v>
+      </c>
+      <c r="B218">
+        <v>7216</v>
+      </c>
+      <c r="C218">
+        <v>2399</v>
+      </c>
+      <c r="D218">
+        <v>728</v>
+      </c>
+      <c r="E218">
+        <v>3</v>
+      </c>
+      <c r="F218">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219" t="s">
+        <v>230</v>
+      </c>
+      <c r="B219">
+        <v>12105</v>
+      </c>
+      <c r="C219">
+        <v>5172</v>
+      </c>
+      <c r="D219">
+        <v>1140</v>
+      </c>
+      <c r="E219">
+        <v>7</v>
+      </c>
+      <c r="F219">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220" t="s">
+        <v>232</v>
+      </c>
+      <c r="B220">
+        <v>33211</v>
+      </c>
+      <c r="C220">
+        <v>7444</v>
+      </c>
+      <c r="D220">
+        <v>2096</v>
+      </c>
+      <c r="E220">
+        <v>14</v>
+      </c>
+      <c r="F220">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" t="s">
+        <v>233</v>
+      </c>
+      <c r="B221">
+        <v>16696</v>
+      </c>
+      <c r="C221">
+        <v>2862</v>
+      </c>
+      <c r="D221">
+        <v>865</v>
+      </c>
+      <c r="E221">
+        <v>8</v>
+      </c>
+      <c r="F221">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222" t="s">
+        <v>234</v>
+      </c>
+      <c r="B222">
+        <v>13711</v>
+      </c>
+      <c r="C222">
+        <v>5438</v>
+      </c>
+      <c r="D222">
+        <v>1301</v>
+      </c>
+      <c r="E222">
+        <v>11</v>
+      </c>
+      <c r="F222">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223" t="s">
         <v>306</v>
       </c>
-      <c r="B3" s="7" t="s">
-[...31 lines deleted...]
-      <c r="F4">
+      <c r="B223">
+        <v>87</v>
+      </c>
+      <c r="C223">
+        <v>87</v>
+      </c>
+      <c r="D223">
+        <v>45</v>
+      </c>
+      <c r="E223">
+        <v>2</v>
+      </c>
+      <c r="F223">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224" t="s">
+        <v>235</v>
+      </c>
+      <c r="B224">
+        <v>5839</v>
+      </c>
+      <c r="C224">
+        <v>2509</v>
+      </c>
+      <c r="D224">
+        <v>742</v>
+      </c>
+      <c r="E224">
+        <v>5</v>
+      </c>
+      <c r="F224">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225" t="s">
+        <v>236</v>
+      </c>
+      <c r="B225">
+        <v>174</v>
+      </c>
+      <c r="C225">
+        <v>174</v>
+      </c>
+      <c r="D225">
+        <v>106</v>
+      </c>
+      <c r="E225">
+        <v>2</v>
+      </c>
+      <c r="F225">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226" t="s">
+        <v>237</v>
+      </c>
+      <c r="B226">
+        <v>6280</v>
+      </c>
+      <c r="C226">
+        <v>2348</v>
+      </c>
+      <c r="D226">
+        <v>626</v>
+      </c>
+      <c r="E226">
+        <v>4</v>
+      </c>
+      <c r="F226">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" t="s">
+        <v>238</v>
+      </c>
+      <c r="B227">
+        <v>37142</v>
+      </c>
+      <c r="C227">
+        <v>8975</v>
+      </c>
+      <c r="D227">
+        <v>2412</v>
+      </c>
+      <c r="E227">
+        <v>11</v>
+      </c>
+      <c r="F227">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" t="s">
+        <v>239</v>
+      </c>
+      <c r="B228">
+        <v>9796</v>
+      </c>
+      <c r="C228">
+        <v>3235</v>
+      </c>
+      <c r="D228">
+        <v>601</v>
+      </c>
+      <c r="E228">
+        <v>3</v>
+      </c>
+      <c r="F228">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229" t="s">
+        <v>240</v>
+      </c>
+      <c r="B229">
+        <v>4176</v>
+      </c>
+      <c r="C229">
+        <v>1421</v>
+      </c>
+      <c r="D229">
+        <v>433</v>
+      </c>
+      <c r="E229">
+        <v>1</v>
+      </c>
+      <c r="F229">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230" t="s">
+        <v>241</v>
+      </c>
+      <c r="B230">
+        <v>32526</v>
+      </c>
+      <c r="C230">
+        <v>8619</v>
+      </c>
+      <c r="D230">
+        <v>2227</v>
+      </c>
+      <c r="E230">
+        <v>17</v>
+      </c>
+      <c r="F230">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" t="s">
+        <v>242</v>
+      </c>
+      <c r="B231">
+        <v>16013</v>
+      </c>
+      <c r="C231">
+        <v>4179</v>
+      </c>
+      <c r="D231">
+        <v>1246</v>
+      </c>
+      <c r="E231">
+        <v>14</v>
+      </c>
+      <c r="F231">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232" t="s">
+        <v>243</v>
+      </c>
+      <c r="B232">
+        <v>2055</v>
+      </c>
+      <c r="C232">
+        <v>951</v>
+      </c>
+      <c r="D232">
+        <v>187</v>
+      </c>
+      <c r="E232">
+        <v>1</v>
+      </c>
+      <c r="F232">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233" t="s">
+        <v>244</v>
+      </c>
+      <c r="B233">
+        <v>29053</v>
+      </c>
+      <c r="C233">
+        <v>7503</v>
+      </c>
+      <c r="D233">
+        <v>1953</v>
+      </c>
+      <c r="E233">
+        <v>13</v>
+      </c>
+      <c r="F233">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234" t="s">
+        <v>245</v>
+      </c>
+      <c r="B234">
+        <v>29975</v>
+      </c>
+      <c r="C234">
+        <v>7895</v>
+      </c>
+      <c r="D234">
+        <v>2050</v>
+      </c>
+      <c r="E234">
+        <v>13</v>
+      </c>
+      <c r="F234">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" t="s">
+        <v>246</v>
+      </c>
+      <c r="B235">
+        <v>15324</v>
+      </c>
+      <c r="C235">
+        <v>2995</v>
+      </c>
+      <c r="D235">
+        <v>729</v>
+      </c>
+      <c r="E235">
+        <v>5</v>
+      </c>
+      <c r="F235">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236" t="s">
+        <v>247</v>
+      </c>
+      <c r="B236">
+        <v>31291</v>
+      </c>
+      <c r="C236">
+        <v>6533</v>
+      </c>
+      <c r="D236">
+        <v>1745</v>
+      </c>
+      <c r="E236">
+        <v>12</v>
+      </c>
+      <c r="F236">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237" t="s">
+        <v>248</v>
+      </c>
+      <c r="B237">
+        <v>25654</v>
+      </c>
+      <c r="C237">
+        <v>6970</v>
+      </c>
+      <c r="D237">
+        <v>1765</v>
+      </c>
+      <c r="E237">
+        <v>8</v>
+      </c>
+      <c r="F237">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" t="s">
+        <v>249</v>
+      </c>
+      <c r="B238">
+        <v>22960</v>
+      </c>
+      <c r="C238">
+        <v>3960</v>
+      </c>
+      <c r="D238">
+        <v>991</v>
+      </c>
+      <c r="E238">
+        <v>7</v>
+      </c>
+      <c r="F238">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" t="s">
+        <v>250</v>
+      </c>
+      <c r="B239">
+        <v>3486</v>
+      </c>
+      <c r="C239">
+        <v>1369</v>
+      </c>
+      <c r="D239">
+        <v>397</v>
+      </c>
+      <c r="E239">
+        <v>4</v>
+      </c>
+      <c r="F239">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" t="s">
+        <v>251</v>
+      </c>
+      <c r="B240">
+        <v>2382</v>
+      </c>
+      <c r="C240">
+        <v>1012</v>
+      </c>
+      <c r="D240">
+        <v>377</v>
+      </c>
+      <c r="E240">
+        <v>1</v>
+      </c>
+      <c r="F240">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241" t="s">
+        <v>252</v>
+      </c>
+      <c r="B241">
+        <v>3924</v>
+      </c>
+      <c r="C241">
+        <v>1122</v>
+      </c>
+      <c r="D241">
+        <v>377</v>
+      </c>
+      <c r="E241">
+        <v>2</v>
+      </c>
+      <c r="F241">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242" t="s">
+        <v>253</v>
+      </c>
+      <c r="B242">
+        <v>3493</v>
+      </c>
+      <c r="C242">
+        <v>1349</v>
+      </c>
+      <c r="D242">
+        <v>422</v>
+      </c>
+      <c r="E242">
+        <v>3</v>
+      </c>
+      <c r="F242">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243" t="s">
+        <v>254</v>
+      </c>
+      <c r="B243">
+        <v>18619</v>
+      </c>
+      <c r="C243">
+        <v>6918</v>
+      </c>
+      <c r="D243">
+        <v>1806</v>
+      </c>
+      <c r="E243">
+        <v>15</v>
+      </c>
+      <c r="F243">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" t="s">
+        <v>255</v>
+      </c>
+      <c r="B244">
+        <v>4273</v>
+      </c>
+      <c r="C244">
+        <v>1833</v>
+      </c>
+      <c r="D244">
+        <v>521</v>
+      </c>
+      <c r="E244">
+        <v>3</v>
+      </c>
+      <c r="F244">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245" t="s">
+        <v>256</v>
+      </c>
+      <c r="B245">
+        <v>8389</v>
+      </c>
+      <c r="C245">
+        <v>3309</v>
+      </c>
+      <c r="D245">
+        <v>900</v>
+      </c>
+      <c r="E245">
         <v>6</v>
       </c>
-    </row>
-[...47 lines deleted...]
-      <c r="C7">
+      <c r="F245">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246" t="s">
+        <v>257</v>
+      </c>
+      <c r="B246">
+        <v>5742</v>
+      </c>
+      <c r="C246">
+        <v>1520</v>
+      </c>
+      <c r="D246">
+        <v>441</v>
+      </c>
+      <c r="E246">
         <v>1</v>
       </c>
-      <c r="D7">
-[...2 lines deleted...]
-      <c r="E7">
+      <c r="F246">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247" t="s">
+        <v>258</v>
+      </c>
+      <c r="B247">
+        <v>11980</v>
+      </c>
+      <c r="C247">
+        <v>4632</v>
+      </c>
+      <c r="D247">
+        <v>1009</v>
+      </c>
+      <c r="E247">
         <v>6</v>
       </c>
-      <c r="F7">
-[...50 lines deleted...]
-      <c r="C10">
+      <c r="F247">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" t="s">
+        <v>259</v>
+      </c>
+      <c r="B248">
+        <v>25153</v>
+      </c>
+      <c r="C248">
+        <v>6397</v>
+      </c>
+      <c r="D248">
+        <v>1754</v>
+      </c>
+      <c r="E248">
+        <v>11</v>
+      </c>
+      <c r="F248">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" t="s">
+        <v>260</v>
+      </c>
+      <c r="B249">
+        <v>2171</v>
+      </c>
+      <c r="C249">
+        <v>1363</v>
+      </c>
+      <c r="D249">
+        <v>474</v>
+      </c>
+      <c r="E249">
+        <v>3</v>
+      </c>
+      <c r="F249">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250" t="s">
+        <v>261</v>
+      </c>
+      <c r="B250">
+        <v>989</v>
+      </c>
+      <c r="C250">
+        <v>455</v>
+      </c>
+      <c r="D250">
+        <v>94</v>
+      </c>
+      <c r="E250">
+        <v>1</v>
+      </c>
+      <c r="F250">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251" t="s">
+        <v>262</v>
+      </c>
+      <c r="B251">
+        <v>6389</v>
+      </c>
+      <c r="C251">
+        <v>2271</v>
+      </c>
+      <c r="D251">
+        <v>600</v>
+      </c>
+      <c r="E251">
+        <v>2</v>
+      </c>
+      <c r="F251">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252" t="s">
+        <v>263</v>
+      </c>
+      <c r="B252">
+        <v>2443</v>
+      </c>
+      <c r="C252">
+        <v>1401</v>
+      </c>
+      <c r="D252">
+        <v>415</v>
+      </c>
+      <c r="E252">
+        <v>4</v>
+      </c>
+      <c r="F252">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253" t="s">
+        <v>264</v>
+      </c>
+      <c r="B253">
+        <v>7000</v>
+      </c>
+      <c r="C253">
+        <v>2203</v>
+      </c>
+      <c r="D253">
+        <v>529</v>
+      </c>
+      <c r="E253">
+        <v>2</v>
+      </c>
+      <c r="F253">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" t="s">
+        <v>265</v>
+      </c>
+      <c r="B254">
+        <v>8231</v>
+      </c>
+      <c r="C254">
+        <v>2538</v>
+      </c>
+      <c r="D254">
+        <v>635</v>
+      </c>
+      <c r="E254">
+        <v>4</v>
+      </c>
+      <c r="F254">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255" t="s">
+        <v>266</v>
+      </c>
+      <c r="B255">
+        <v>11728</v>
+      </c>
+      <c r="C255">
+        <v>1992</v>
+      </c>
+      <c r="D255">
+        <v>555</v>
+      </c>
+      <c r="E255">
+        <v>5</v>
+      </c>
+      <c r="F255">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256" t="s">
+        <v>267</v>
+      </c>
+      <c r="B256">
+        <v>7058</v>
+      </c>
+      <c r="C256">
+        <v>3014</v>
+      </c>
+      <c r="D256">
+        <v>613</v>
+      </c>
+      <c r="E256">
+        <v>2</v>
+      </c>
+      <c r="F256">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257" t="s">
+        <v>268</v>
+      </c>
+      <c r="B257">
+        <v>17566</v>
+      </c>
+      <c r="C257">
+        <v>3906</v>
+      </c>
+      <c r="D257">
+        <v>1091</v>
+      </c>
+      <c r="E257">
+        <v>10</v>
+      </c>
+      <c r="F257">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258" t="s">
+        <v>269</v>
+      </c>
+      <c r="B258">
+        <v>21809</v>
+      </c>
+      <c r="C258">
+        <v>4536</v>
+      </c>
+      <c r="D258">
+        <v>1179</v>
+      </c>
+      <c r="E258">
+        <v>7</v>
+      </c>
+      <c r="F258">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259" t="s">
+        <v>270</v>
+      </c>
+      <c r="B259">
+        <v>7375</v>
+      </c>
+      <c r="C259">
+        <v>2332</v>
+      </c>
+      <c r="D259">
+        <v>705</v>
+      </c>
+      <c r="E259">
+        <v>7</v>
+      </c>
+      <c r="F259">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6">
+      <c r="A260" t="s">
+        <v>271</v>
+      </c>
+      <c r="B260">
+        <v>277</v>
+      </c>
+      <c r="C260">
+        <v>207</v>
+      </c>
+      <c r="D260">
+        <v>125</v>
+      </c>
+      <c r="E260">
+        <v>2</v>
+      </c>
+      <c r="F260">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6">
+      <c r="A261" t="s">
+        <v>272</v>
+      </c>
+      <c r="B261">
+        <v>8799</v>
+      </c>
+      <c r="C261">
+        <v>3554</v>
+      </c>
+      <c r="D261">
+        <v>998</v>
+      </c>
+      <c r="E261">
+        <v>7</v>
+      </c>
+      <c r="F261">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262" t="s">
+        <v>273</v>
+      </c>
+      <c r="B262">
+        <v>1893</v>
+      </c>
+      <c r="C262">
+        <v>878</v>
+      </c>
+      <c r="D262">
+        <v>150</v>
+      </c>
+      <c r="E262">
+        <v>2</v>
+      </c>
+      <c r="F262">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263" t="s">
+        <v>274</v>
+      </c>
+      <c r="B263">
+        <v>18970</v>
+      </c>
+      <c r="C263">
+        <v>4003</v>
+      </c>
+      <c r="D263">
+        <v>1138</v>
+      </c>
+      <c r="E263">
+        <v>10</v>
+      </c>
+      <c r="F263">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264" t="s">
+        <v>275</v>
+      </c>
+      <c r="B264">
+        <v>38088</v>
+      </c>
+      <c r="C264">
+        <v>8438</v>
+      </c>
+      <c r="D264">
+        <v>2208</v>
+      </c>
+      <c r="E264">
+        <v>14</v>
+      </c>
+      <c r="F264">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265" t="s">
+        <v>276</v>
+      </c>
+      <c r="B265">
+        <v>10508</v>
+      </c>
+      <c r="C265">
+        <v>3611</v>
+      </c>
+      <c r="D265">
+        <v>863</v>
+      </c>
+      <c r="E265">
+        <v>5</v>
+      </c>
+      <c r="F265">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6">
+      <c r="A266" t="s">
+        <v>277</v>
+      </c>
+      <c r="B266">
+        <v>12015</v>
+      </c>
+      <c r="C266">
+        <v>2013</v>
+      </c>
+      <c r="D266">
+        <v>566</v>
+      </c>
+      <c r="E266">
+        <v>3</v>
+      </c>
+      <c r="F266">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6">
+      <c r="A267" t="s">
         <v>279</v>
       </c>
-      <c r="D10">
-[...56 lines deleted...]
-      <c r="C13">
+      <c r="B267">
+        <v>3763</v>
+      </c>
+      <c r="C267">
+        <v>1690</v>
+      </c>
+      <c r="D267">
+        <v>500</v>
+      </c>
+      <c r="E267">
+        <v>3</v>
+      </c>
+      <c r="F267">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6">
+      <c r="A268" t="s">
+        <v>280</v>
+      </c>
+      <c r="B268">
+        <v>12326</v>
+      </c>
+      <c r="C268">
+        <v>2607</v>
+      </c>
+      <c r="D268">
+        <v>724</v>
+      </c>
+      <c r="E268">
+        <v>4</v>
+      </c>
+      <c r="F268">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6">
+      <c r="A269" t="s">
+        <v>281</v>
+      </c>
+      <c r="B269">
+        <v>7731</v>
+      </c>
+      <c r="C269">
+        <v>1542</v>
+      </c>
+      <c r="D269">
+        <v>475</v>
+      </c>
+      <c r="E269">
+        <v>2</v>
+      </c>
+      <c r="F269">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6">
+      <c r="A270" t="s">
+        <v>282</v>
+      </c>
+      <c r="B270">
+        <v>23326</v>
+      </c>
+      <c r="C270">
+        <v>4435</v>
+      </c>
+      <c r="D270">
+        <v>1130</v>
+      </c>
+      <c r="E270">
+        <v>7</v>
+      </c>
+      <c r="F270">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271" t="s">
+        <v>283</v>
+      </c>
+      <c r="B271">
+        <v>8429</v>
+      </c>
+      <c r="C271">
+        <v>2603</v>
+      </c>
+      <c r="D271">
+        <v>635</v>
+      </c>
+      <c r="E271">
+        <v>3</v>
+      </c>
+      <c r="F271">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6">
+      <c r="A272" t="s">
+        <v>284</v>
+      </c>
+      <c r="B272">
+        <v>5914</v>
+      </c>
+      <c r="C272">
+        <v>3069</v>
+      </c>
+      <c r="D272">
+        <v>786</v>
+      </c>
+      <c r="E272">
+        <v>5</v>
+      </c>
+      <c r="F272">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6">
+      <c r="A273" t="s">
+        <v>285</v>
+      </c>
+      <c r="B273">
+        <v>39381</v>
+      </c>
+      <c r="C273">
+        <v>10112</v>
+      </c>
+      <c r="D273">
+        <v>2467</v>
+      </c>
+      <c r="E273">
+        <v>13</v>
+      </c>
+      <c r="F273">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6">
+      <c r="A274" t="s">
+        <v>286</v>
+      </c>
+      <c r="B274">
+        <v>38339</v>
+      </c>
+      <c r="C274">
+        <v>8238</v>
+      </c>
+      <c r="D274">
+        <v>1810</v>
+      </c>
+      <c r="E274">
+        <v>14</v>
+      </c>
+      <c r="F274">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275" t="s">
+        <v>287</v>
+      </c>
+      <c r="B275">
+        <v>21809</v>
+      </c>
+      <c r="C275">
+        <v>3730</v>
+      </c>
+      <c r="D275">
+        <v>1056</v>
+      </c>
+      <c r="E275">
+        <v>8</v>
+      </c>
+      <c r="F275">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6">
+      <c r="A276" t="s">
+        <v>288</v>
+      </c>
+      <c r="B276">
+        <v>13262</v>
+      </c>
+      <c r="C276">
+        <v>2213</v>
+      </c>
+      <c r="D276">
+        <v>682</v>
+      </c>
+      <c r="E276">
+        <v>5</v>
+      </c>
+      <c r="F276">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6">
+      <c r="A277" t="s">
+        <v>289</v>
+      </c>
+      <c r="B277">
+        <v>7991</v>
+      </c>
+      <c r="C277">
+        <v>2886</v>
+      </c>
+      <c r="D277">
+        <v>852</v>
+      </c>
+      <c r="E277">
+        <v>6</v>
+      </c>
+      <c r="F277">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278" t="s">
+        <v>290</v>
+      </c>
+      <c r="B278">
+        <v>812</v>
+      </c>
+      <c r="C278">
+        <v>306</v>
+      </c>
+      <c r="D278">
+        <v>52</v>
+      </c>
+      <c r="E278">
+        <v>2</v>
+      </c>
+      <c r="F278">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279" t="s">
+        <v>291</v>
+      </c>
+      <c r="B279">
+        <v>6082</v>
+      </c>
+      <c r="C279">
+        <v>1753</v>
+      </c>
+      <c r="D279">
+        <v>539</v>
+      </c>
+      <c r="E279">
+        <v>3</v>
+      </c>
+      <c r="F279">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6">
+      <c r="A280" t="s">
+        <v>292</v>
+      </c>
+      <c r="B280">
+        <v>20266</v>
+      </c>
+      <c r="C280">
+        <v>6111</v>
+      </c>
+      <c r="D280">
+        <v>1509</v>
+      </c>
+      <c r="E280">
+        <v>8</v>
+      </c>
+      <c r="F280">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6">
+      <c r="A281" t="s">
+        <v>293</v>
+      </c>
+      <c r="B281">
+        <v>1055</v>
+      </c>
+      <c r="C281">
+        <v>535</v>
+      </c>
+      <c r="D281">
+        <v>164</v>
+      </c>
+      <c r="E281">
+        <v>2</v>
+      </c>
+      <c r="F281">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6">
+      <c r="A282" t="s">
+        <v>294</v>
+      </c>
+      <c r="B282">
+        <v>25701</v>
+      </c>
+      <c r="C282">
+        <v>6776</v>
+      </c>
+      <c r="D282">
+        <v>1827</v>
+      </c>
+      <c r="E282">
+        <v>11</v>
+      </c>
+      <c r="F282">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6">
+      <c r="A283" t="s">
+        <v>295</v>
+      </c>
+      <c r="B283">
+        <v>6900</v>
+      </c>
+      <c r="C283">
+        <v>2124</v>
+      </c>
+      <c r="D283">
+        <v>601</v>
+      </c>
+      <c r="E283">
+        <v>6</v>
+      </c>
+      <c r="F283">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6">
+      <c r="A284" t="s">
         <v>296</v>
       </c>
-      <c r="D13">
-[...96 lines deleted...]
-      <c r="C18">
+      <c r="B284">
+        <v>3968</v>
+      </c>
+      <c r="C284">
+        <v>1721</v>
+      </c>
+      <c r="D284">
+        <v>518</v>
+      </c>
+      <c r="E284">
+        <v>2</v>
+      </c>
+      <c r="F284">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285" t="s">
+        <v>297</v>
+      </c>
+      <c r="B285">
+        <v>1403</v>
+      </c>
+      <c r="C285">
+        <v>886</v>
+      </c>
+      <c r="D285">
+        <v>342</v>
+      </c>
+      <c r="E285">
+        <v>4</v>
+      </c>
+      <c r="F285">
         <v>5</v>
       </c>
-      <c r="D18">
-[...245 lines deleted...]
-      <c r="F30">
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286" t="s">
+        <v>298</v>
+      </c>
+      <c r="B286">
+        <v>28909</v>
+      </c>
+      <c r="C286">
+        <v>7387</v>
+      </c>
+      <c r="D286">
+        <v>1745</v>
+      </c>
+      <c r="E286">
+        <v>16</v>
+      </c>
+      <c r="F286">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287" t="s">
+        <v>299</v>
+      </c>
+      <c r="B287">
+        <v>28701</v>
+      </c>
+      <c r="C287">
+        <v>7669</v>
+      </c>
+      <c r="D287">
+        <v>1917</v>
+      </c>
+      <c r="E287">
+        <v>15</v>
+      </c>
+      <c r="F287">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288" t="s">
+        <v>300</v>
+      </c>
+      <c r="B288">
+        <v>15352</v>
+      </c>
+      <c r="C288">
+        <v>5531</v>
+      </c>
+      <c r="D288">
+        <v>1313</v>
+      </c>
+      <c r="E288">
         <v>14</v>
       </c>
-    </row>
-[...192 lines deleted...]
-      <c r="B77" s="4"/>
+      <c r="F288">
+        <v>11</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:F3" xr:uid="{02999EA6-9CE7-4303-BEDE-8EEED8387927}"/>
-[...4 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2457659-1B5F-45C2-A8AD-057A7E37F3B0}">
-  <dimension ref="A1:F76"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5421E20C-C6FA-43DB-9205-AEA48886831F}">
+  <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E2" sqref="E2:F35"/>
+      <selection activeCell="M15" sqref="M15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="8.54296875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="10.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="8" width="9.5703125" customWidth="1"/>
+    <col min="9" max="9" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="3.7109375" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="42" max="42" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="46" max="46" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="47" max="47" width="3.7109375" bestFit="1" customWidth="1"/>
+    <col min="48" max="48" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="49" max="49" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="50" max="50" width="3.7109375" bestFit="1" customWidth="1"/>
+    <col min="51" max="51" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="52" max="52" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="53" max="53" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="54" max="54" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="55" max="55" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="56" max="56" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="57" max="57" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="58" max="58" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="59" max="59" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="60" max="60" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="61" max="61" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="62" max="62" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="63" max="63" width="3.7109375" bestFit="1" customWidth="1"/>
+    <col min="64" max="64" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="65" max="65" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="66" max="66" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="67" max="67" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="68" max="68" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="69" max="69" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="70" max="70" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="71" max="71" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="72" max="72" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="73" max="73" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="74" max="74" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="75" max="75" width="4.7109375" bestFit="1" customWidth="1"/>
+    <col min="76" max="76" width="7.28515625" bestFit="1" customWidth="1"/>
+    <col min="77" max="77" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="78" max="78" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="79" max="79" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="80" max="80" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="81" max="81" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="82" max="82" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="83" max="83" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="84" max="84" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="85" max="85" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="86" max="86" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="87" max="87" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="88" max="88" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="89" max="89" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="90" max="90" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="91" max="91" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="92" max="92" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="93" max="93" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="94" max="94" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="95" max="95" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="96" max="96" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="97" max="97" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="98" max="98" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="99" max="99" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="100" max="100" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="101" max="101" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="102" max="102" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="103" max="103" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="104" max="104" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="105" max="105" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="106" max="106" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="107" max="107" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="108" max="108" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="109" max="109" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="110" max="110" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="111" max="111" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="112" max="112" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="113" max="113" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="114" max="114" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="115" max="115" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="116" max="116" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="117" max="117" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="118" max="118" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="119" max="119" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="120" max="120" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="121" max="121" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="122" max="122" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="123" max="123" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="124" max="124" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="125" max="125" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="126" max="126" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="127" max="127" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="128" max="128" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="129" max="129" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="130" max="130" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="131" max="131" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="132" max="132" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="133" max="133" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="134" max="134" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="135" max="135" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="136" max="136" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="137" max="137" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="138" max="138" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="139" max="139" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="140" max="140" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="141" max="141" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="142" max="142" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="143" max="143" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="144" max="144" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="145" max="145" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="146" max="146" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="147" max="147" width="5.7109375" bestFit="1" customWidth="1"/>
+    <col min="148" max="148" width="8.28515625" bestFit="1" customWidth="1"/>
+    <col min="149" max="149" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="150" max="150" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="151" max="151" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="152" max="152" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="153" max="153" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="154" max="154" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="155" max="155" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="156" max="156" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="157" max="157" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="158" max="158" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="159" max="159" width="6.7109375" bestFit="1" customWidth="1"/>
+    <col min="160" max="160" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="161" max="161" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="A2" s="8"/>
+    <row r="1" spans="1:8">
+      <c r="A1" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="10"/>
       <c r="B2" s="10"/>
-      <c r="C2" s="17" t="s">
-[...28 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="C2" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="H2" s="9" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C3">
+        <v>58</v>
+      </c>
+      <c r="D3">
+        <v>0</v>
+      </c>
+      <c r="E3">
+        <v>135</v>
+      </c>
+      <c r="F3">
+        <v>23</v>
+      </c>
+      <c r="G3">
+        <v>0</v>
+      </c>
+      <c r="H3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>83879</v>
+        <v>314</v>
+      </c>
+      <c r="B4" t="s">
+        <v>316</v>
       </c>
       <c r="C4">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="D4">
-        <v>2028</v>
+        <v>0</v>
       </c>
       <c r="E4">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="F4">
+        <v>122</v>
+      </c>
+      <c r="G4">
+        <v>0</v>
+      </c>
+      <c r="H4">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C5">
+        <v>81</v>
+      </c>
+      <c r="D5">
+        <v>15</v>
+      </c>
+      <c r="E5">
+        <v>73</v>
+      </c>
+      <c r="F5">
+        <v>70</v>
+      </c>
+      <c r="G5">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>314</v>
+      </c>
+      <c r="B6" t="s">
+        <v>318</v>
+      </c>
+      <c r="C6">
+        <v>1</v>
+      </c>
+      <c r="D6">
+        <v>0</v>
+      </c>
+      <c r="E6">
+        <v>39</v>
+      </c>
+      <c r="F6">
         <v>6</v>
       </c>
-    </row>
-[...40 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="G6">
+        <v>0</v>
+      </c>
+      <c r="H6">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>41290</v>
+        <v>314</v>
+      </c>
+      <c r="B7" t="s">
+        <v>319</v>
       </c>
       <c r="C7">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="D7">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="F7">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+        <v>84</v>
+      </c>
+      <c r="G7">
+        <v>85</v>
+      </c>
+      <c r="H7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>314</v>
       </c>
-      <c r="B8" s="15">
-        <v>9251</v>
+      <c r="B8" t="s">
+        <v>320</v>
       </c>
       <c r="C8">
+        <v>762</v>
+      </c>
+      <c r="D8">
+        <v>12</v>
+      </c>
+      <c r="E8">
+        <v>167</v>
+      </c>
+      <c r="F8">
+        <v>141</v>
+      </c>
+      <c r="G8">
+        <v>110</v>
+      </c>
+      <c r="H8">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>314</v>
+      </c>
+      <c r="B9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C9">
+        <v>245</v>
+      </c>
+      <c r="D9">
+        <v>21</v>
+      </c>
+      <c r="E9">
+        <v>718</v>
+      </c>
+      <c r="F9">
+        <v>109</v>
+      </c>
+      <c r="G9">
+        <v>119</v>
+      </c>
+      <c r="H9">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>314</v>
+      </c>
+      <c r="B10" t="s">
+        <v>322</v>
+      </c>
+      <c r="C10">
+        <v>22</v>
+      </c>
+      <c r="D10">
+        <v>0</v>
+      </c>
+      <c r="E10">
+        <v>357</v>
+      </c>
+      <c r="F10">
+        <v>21</v>
+      </c>
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>314</v>
+      </c>
+      <c r="B11" t="s">
+        <v>323</v>
+      </c>
+      <c r="C11">
+        <v>80</v>
+      </c>
+      <c r="D11">
+        <v>46</v>
+      </c>
+      <c r="E11">
+        <v>41</v>
+      </c>
+      <c r="F11">
+        <v>103</v>
+      </c>
+      <c r="G11">
+        <v>100</v>
+      </c>
+      <c r="H11">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>314</v>
+      </c>
+      <c r="B12" t="s">
+        <v>324</v>
+      </c>
+      <c r="C12">
+        <v>218</v>
+      </c>
+      <c r="D12">
+        <v>50</v>
+      </c>
+      <c r="E12">
+        <v>0</v>
+      </c>
+      <c r="F12">
+        <v>53</v>
+      </c>
+      <c r="G12">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>314</v>
+      </c>
+      <c r="B13" t="s">
+        <v>325</v>
+      </c>
+      <c r="C13">
+        <v>2955</v>
+      </c>
+      <c r="D13">
+        <v>709</v>
+      </c>
+      <c r="E13">
+        <v>606</v>
+      </c>
+      <c r="F13">
+        <v>142</v>
+      </c>
+      <c r="G13">
+        <v>138</v>
+      </c>
+      <c r="H13">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>314</v>
+      </c>
+      <c r="B14" t="s">
+        <v>326</v>
+      </c>
+      <c r="C14">
+        <v>23</v>
+      </c>
+      <c r="D14">
+        <v>2</v>
+      </c>
+      <c r="E14">
+        <v>0</v>
+      </c>
+      <c r="F14">
+        <v>149</v>
+      </c>
+      <c r="G14">
+        <v>21</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>314</v>
+      </c>
+      <c r="B15" t="s">
+        <v>327</v>
+      </c>
+      <c r="C15">
+        <v>1490</v>
+      </c>
+      <c r="D15">
+        <v>169</v>
+      </c>
+      <c r="E15">
+        <v>566</v>
+      </c>
+      <c r="F15">
+        <v>284</v>
+      </c>
+      <c r="G15">
+        <v>282</v>
+      </c>
+      <c r="H15">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>314</v>
+      </c>
+      <c r="B16" t="s">
+        <v>328</v>
+      </c>
+      <c r="C16">
+        <v>43</v>
+      </c>
+      <c r="D16">
+        <v>6</v>
+      </c>
+      <c r="E16">
+        <v>23</v>
+      </c>
+      <c r="F16">
+        <v>81</v>
+      </c>
+      <c r="G16">
+        <v>59</v>
+      </c>
+      <c r="H16">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>314</v>
+      </c>
+      <c r="B17" t="s">
+        <v>329</v>
+      </c>
+      <c r="C17">
+        <v>5</v>
+      </c>
+      <c r="D17">
+        <v>0</v>
+      </c>
+      <c r="E17">
+        <v>0</v>
+      </c>
+      <c r="F17">
+        <v>21</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>314</v>
+      </c>
+      <c r="B18" t="s">
+        <v>330</v>
+      </c>
+      <c r="C18">
+        <v>176</v>
+      </c>
+      <c r="D18">
+        <v>74</v>
+      </c>
+      <c r="E18">
+        <v>127</v>
+      </c>
+      <c r="F18">
+        <v>44</v>
+      </c>
+      <c r="G18">
+        <v>36</v>
+      </c>
+      <c r="H18">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>314</v>
+      </c>
+      <c r="B19" t="s">
+        <v>331</v>
+      </c>
+      <c r="C19">
+        <v>1</v>
+      </c>
+      <c r="D19">
+        <v>1</v>
+      </c>
+      <c r="E19">
+        <v>0</v>
+      </c>
+      <c r="F19">
+        <v>7</v>
+      </c>
+      <c r="G19">
+        <v>7</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>314</v>
+      </c>
+      <c r="B20" t="s">
+        <v>332</v>
+      </c>
+      <c r="C20">
+        <v>2333</v>
+      </c>
+      <c r="D20">
+        <v>186</v>
+      </c>
+      <c r="E20">
+        <v>708</v>
+      </c>
+      <c r="F20">
+        <v>233</v>
+      </c>
+      <c r="G20">
+        <v>225</v>
+      </c>
+      <c r="H20">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>314</v>
+      </c>
+      <c r="B21" t="s">
+        <v>333</v>
+      </c>
+      <c r="C21">
+        <v>63</v>
+      </c>
+      <c r="D21">
+        <v>1</v>
+      </c>
+      <c r="E21">
+        <v>15</v>
+      </c>
+      <c r="F21">
+        <v>60</v>
+      </c>
+      <c r="G21">
+        <v>39</v>
+      </c>
+      <c r="H21">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>314</v>
+      </c>
+      <c r="B22" t="s">
+        <v>334</v>
+      </c>
+      <c r="C22">
+        <v>2</v>
+      </c>
+      <c r="D22">
+        <v>0</v>
+      </c>
+      <c r="E22">
+        <v>0</v>
+      </c>
+      <c r="F22">
+        <v>21</v>
+      </c>
+      <c r="G22">
+        <v>0</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>314</v>
+      </c>
+      <c r="B23" t="s">
+        <v>335</v>
+      </c>
+      <c r="C23">
+        <v>42</v>
+      </c>
+      <c r="D23">
+        <v>13</v>
+      </c>
+      <c r="E23">
+        <v>23</v>
+      </c>
+      <c r="F23">
+        <v>69</v>
+      </c>
+      <c r="G23">
+        <v>69</v>
+      </c>
+      <c r="H23">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>314</v>
+      </c>
+      <c r="B24" t="s">
+        <v>336</v>
+      </c>
+      <c r="C24">
+        <v>1</v>
+      </c>
+      <c r="D24">
+        <v>0</v>
+      </c>
+      <c r="E24">
+        <v>1</v>
+      </c>
+      <c r="F24">
+        <v>20</v>
+      </c>
+      <c r="G24">
+        <v>0</v>
+      </c>
+      <c r="H24">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>314</v>
+      </c>
+      <c r="B25" t="s">
+        <v>337</v>
+      </c>
+      <c r="C25">
+        <v>1</v>
+      </c>
+      <c r="D25">
+        <v>0</v>
+      </c>
+      <c r="E25">
+        <v>0</v>
+      </c>
+      <c r="F25">
+        <v>9</v>
+      </c>
+      <c r="G25">
+        <v>0</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>314</v>
+      </c>
+      <c r="B26" t="s">
+        <v>338</v>
+      </c>
+      <c r="C26">
+        <v>107</v>
+      </c>
+      <c r="D26">
+        <v>183</v>
+      </c>
+      <c r="E26">
+        <v>0</v>
+      </c>
+      <c r="F26">
+        <v>212</v>
+      </c>
+      <c r="G26">
+        <v>214</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>314</v>
+      </c>
+      <c r="B27" t="s">
+        <v>339</v>
+      </c>
+      <c r="C27">
+        <v>20</v>
+      </c>
+      <c r="D27">
+        <v>1</v>
+      </c>
+      <c r="E27">
+        <v>0</v>
+      </c>
+      <c r="F27">
+        <v>13</v>
+      </c>
+      <c r="G27">
+        <v>9</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>314</v>
+      </c>
+      <c r="B28" t="s">
+        <v>340</v>
+      </c>
+      <c r="C28">
+        <v>816</v>
+      </c>
+      <c r="D28">
+        <v>369</v>
+      </c>
+      <c r="E28">
+        <v>126</v>
+      </c>
+      <c r="F28">
+        <v>45</v>
+      </c>
+      <c r="G28">
+        <v>25</v>
+      </c>
+      <c r="H28">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>314</v>
+      </c>
+      <c r="B29" t="s">
+        <v>341</v>
+      </c>
+      <c r="C29">
+        <v>79</v>
+      </c>
+      <c r="D29">
+        <v>22</v>
+      </c>
+      <c r="E29">
+        <v>77</v>
+      </c>
+      <c r="F29">
+        <v>38</v>
+      </c>
+      <c r="G29">
+        <v>39</v>
+      </c>
+      <c r="H29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>314</v>
+      </c>
+      <c r="B30" t="s">
+        <v>342</v>
+      </c>
+      <c r="C30">
+        <v>18</v>
+      </c>
+      <c r="D30">
+        <v>0</v>
+      </c>
+      <c r="E30">
+        <v>22</v>
+      </c>
+      <c r="F30">
+        <v>1</v>
+      </c>
+      <c r="G30">
+        <v>0</v>
+      </c>
+      <c r="H30">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>314</v>
+      </c>
+      <c r="B31" t="s">
+        <v>343</v>
+      </c>
+      <c r="C31">
         <v>37</v>
       </c>
-      <c r="D8">
+      <c r="D31">
+        <v>17</v>
+      </c>
+      <c r="E31">
+        <v>26</v>
+      </c>
+      <c r="F31">
+        <v>48</v>
+      </c>
+      <c r="G31">
+        <v>48</v>
+      </c>
+      <c r="H31">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>314</v>
+      </c>
+      <c r="B32" t="s">
+        <v>344</v>
+      </c>
+      <c r="C32">
+        <v>61</v>
+      </c>
+      <c r="D32">
+        <v>0</v>
+      </c>
+      <c r="E32">
+        <v>0</v>
+      </c>
+      <c r="F32">
+        <v>89</v>
+      </c>
+      <c r="G32">
+        <v>0</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>314</v>
+      </c>
+      <c r="B33" t="s">
+        <v>345</v>
+      </c>
+      <c r="C33">
+        <v>25</v>
+      </c>
+      <c r="D33">
+        <v>4</v>
+      </c>
+      <c r="E33">
+        <v>6</v>
+      </c>
+      <c r="F33">
+        <v>50</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>314</v>
+      </c>
+      <c r="B34" t="s">
+        <v>346</v>
+      </c>
+      <c r="C34">
+        <v>42</v>
+      </c>
+      <c r="D34">
+        <v>1</v>
+      </c>
+      <c r="E34">
+        <v>62</v>
+      </c>
+      <c r="F34">
+        <v>59</v>
+      </c>
+      <c r="G34">
+        <v>28</v>
+      </c>
+      <c r="H34">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>347</v>
+      </c>
+      <c r="B35" t="s">
+        <v>315</v>
+      </c>
+      <c r="C35">
+        <v>46</v>
+      </c>
+      <c r="D35">
+        <v>0</v>
+      </c>
+      <c r="E35">
+        <v>135</v>
+      </c>
+      <c r="F35">
+        <v>15</v>
+      </c>
+      <c r="G35">
+        <v>0</v>
+      </c>
+      <c r="H35">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>347</v>
+      </c>
+      <c r="B36" t="s">
+        <v>316</v>
+      </c>
+      <c r="C36">
+        <v>100</v>
+      </c>
+      <c r="D36">
+        <v>0</v>
+      </c>
+      <c r="E36">
+        <v>33</v>
+      </c>
+      <c r="F36">
+        <v>122</v>
+      </c>
+      <c r="G36">
+        <v>0</v>
+      </c>
+      <c r="H36">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>347</v>
+      </c>
+      <c r="B37" t="s">
+        <v>317</v>
+      </c>
+      <c r="C37">
+        <v>78</v>
+      </c>
+      <c r="D37">
+        <v>14</v>
+      </c>
+      <c r="E37">
+        <v>60</v>
+      </c>
+      <c r="F37">
+        <v>64</v>
+      </c>
+      <c r="G37">
+        <v>39</v>
+      </c>
+      <c r="H37">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>347</v>
+      </c>
+      <c r="B38" t="s">
+        <v>318</v>
+      </c>
+      <c r="C38">
+        <v>0</v>
+      </c>
+      <c r="D38">
+        <v>0</v>
+      </c>
+      <c r="E38">
+        <v>39</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
+      <c r="G38">
+        <v>0</v>
+      </c>
+      <c r="H38">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>347</v>
+      </c>
+      <c r="B39" t="s">
+        <v>319</v>
+      </c>
+      <c r="C39">
+        <v>57</v>
+      </c>
+      <c r="D39">
+        <v>19</v>
+      </c>
+      <c r="E39">
+        <v>23</v>
+      </c>
+      <c r="F39">
+        <v>83</v>
+      </c>
+      <c r="G39">
+        <v>84</v>
+      </c>
+      <c r="H39">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>347</v>
+      </c>
+      <c r="B40" t="s">
+        <v>320</v>
+      </c>
+      <c r="C40">
+        <v>748</v>
+      </c>
+      <c r="D40">
+        <v>12</v>
+      </c>
+      <c r="E40">
+        <v>167</v>
+      </c>
+      <c r="F40">
+        <v>141</v>
+      </c>
+      <c r="G40">
+        <v>110</v>
+      </c>
+      <c r="H40">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>347</v>
+      </c>
+      <c r="B41" t="s">
+        <v>321</v>
+      </c>
+      <c r="C41">
+        <v>242</v>
+      </c>
+      <c r="D41">
+        <v>14</v>
+      </c>
+      <c r="E41">
+        <v>697</v>
+      </c>
+      <c r="F41">
+        <v>81</v>
+      </c>
+      <c r="G41">
+        <v>117</v>
+      </c>
+      <c r="H41">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>347</v>
+      </c>
+      <c r="B42" t="s">
+        <v>322</v>
+      </c>
+      <c r="C42">
+        <v>17</v>
+      </c>
+      <c r="D42">
+        <v>0</v>
+      </c>
+      <c r="E42">
+        <v>274</v>
+      </c>
+      <c r="F42">
+        <v>19</v>
+      </c>
+      <c r="G42">
+        <v>0</v>
+      </c>
+      <c r="H42">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>347</v>
+      </c>
+      <c r="B43" t="s">
+        <v>323</v>
+      </c>
+      <c r="C43">
         <v>77</v>
       </c>
-      <c r="E8">
-[...42 lines deleted...]
-      <c r="F10">
+      <c r="D43">
+        <v>46</v>
+      </c>
+      <c r="E43">
+        <v>27</v>
+      </c>
+      <c r="F43">
+        <v>101</v>
+      </c>
+      <c r="G43">
+        <v>99</v>
+      </c>
+      <c r="H43">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>347</v>
+      </c>
+      <c r="B44" t="s">
+        <v>324</v>
+      </c>
+      <c r="C44">
+        <v>194</v>
+      </c>
+      <c r="D44">
+        <v>22</v>
+      </c>
+      <c r="E44">
+        <v>0</v>
+      </c>
+      <c r="F44">
+        <v>48</v>
+      </c>
+      <c r="G44">
+        <v>29</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>347</v>
+      </c>
+      <c r="B45" t="s">
+        <v>325</v>
+      </c>
+      <c r="C45">
+        <v>2884</v>
+      </c>
+      <c r="D45">
+        <v>705</v>
+      </c>
+      <c r="E45">
+        <v>573</v>
+      </c>
+      <c r="F45">
+        <v>142</v>
+      </c>
+      <c r="G45">
+        <v>137</v>
+      </c>
+      <c r="H45">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>347</v>
+      </c>
+      <c r="B46" t="s">
+        <v>326</v>
+      </c>
+      <c r="C46">
+        <v>16</v>
+      </c>
+      <c r="D46">
+        <v>2</v>
+      </c>
+      <c r="E46">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>148</v>
+      </c>
+      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="H46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>347</v>
+      </c>
+      <c r="B47" t="s">
+        <v>327</v>
+      </c>
+      <c r="C47">
+        <v>1473</v>
+      </c>
+      <c r="D47">
+        <v>158</v>
+      </c>
+      <c r="E47">
+        <v>552</v>
+      </c>
+      <c r="F47">
+        <v>282</v>
+      </c>
+      <c r="G47">
+        <v>280</v>
+      </c>
+      <c r="H47">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>347</v>
+      </c>
+      <c r="B48" t="s">
+        <v>328</v>
+      </c>
+      <c r="C48">
+        <v>43</v>
+      </c>
+      <c r="D48">
+        <v>6</v>
+      </c>
+      <c r="E48">
+        <v>22</v>
+      </c>
+      <c r="F48">
+        <v>67</v>
+      </c>
+      <c r="G48">
+        <v>43</v>
+      </c>
+      <c r="H48">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>347</v>
+      </c>
+      <c r="B49" t="s">
+        <v>329</v>
+      </c>
+      <c r="C49">
+        <v>5</v>
+      </c>
+      <c r="D49">
+        <v>0</v>
+      </c>
+      <c r="E49">
+        <v>0</v>
+      </c>
+      <c r="F49">
+        <v>21</v>
+      </c>
+      <c r="G49">
+        <v>0</v>
+      </c>
+      <c r="H49">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>347</v>
+      </c>
+      <c r="B50" t="s">
+        <v>330</v>
+      </c>
+      <c r="C50">
+        <v>172</v>
+      </c>
+      <c r="D50">
+        <v>74</v>
+      </c>
+      <c r="E50">
+        <v>92</v>
+      </c>
+      <c r="F50">
+        <v>38</v>
+      </c>
+      <c r="G50">
+        <v>33</v>
+      </c>
+      <c r="H50">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>347</v>
+      </c>
+      <c r="B51" t="s">
+        <v>331</v>
+      </c>
+      <c r="C51">
+        <v>1</v>
+      </c>
+      <c r="D51">
+        <v>1</v>
+      </c>
+      <c r="E51">
+        <v>0</v>
+      </c>
+      <c r="F51">
+        <v>7</v>
+      </c>
+      <c r="G51">
+        <v>7</v>
+      </c>
+      <c r="H51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>332</v>
+      </c>
+      <c r="C52">
+        <v>2294</v>
+      </c>
+      <c r="D52">
+        <v>182</v>
+      </c>
+      <c r="E52">
+        <v>684</v>
+      </c>
+      <c r="F52">
+        <v>232</v>
+      </c>
+      <c r="G52">
+        <v>224</v>
+      </c>
+      <c r="H52">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>347</v>
+      </c>
+      <c r="B53" t="s">
+        <v>333</v>
+      </c>
+      <c r="C53">
+        <v>36</v>
+      </c>
+      <c r="D53">
+        <v>1</v>
+      </c>
+      <c r="E53">
+        <v>12</v>
+      </c>
+      <c r="F53">
+        <v>59</v>
+      </c>
+      <c r="G53">
+        <v>38</v>
+      </c>
+      <c r="H53">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>347</v>
+      </c>
+      <c r="B54" t="s">
+        <v>334</v>
+      </c>
+      <c r="C54">
+        <v>2</v>
+      </c>
+      <c r="D54">
+        <v>0</v>
+      </c>
+      <c r="E54">
+        <v>0</v>
+      </c>
+      <c r="F54">
+        <v>20</v>
+      </c>
+      <c r="G54">
+        <v>0</v>
+      </c>
+      <c r="H54">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>335</v>
+      </c>
+      <c r="C55">
+        <v>40</v>
+      </c>
+      <c r="D55">
+        <v>13</v>
+      </c>
+      <c r="E55">
+        <v>22</v>
+      </c>
+      <c r="F55">
+        <v>68</v>
+      </c>
+      <c r="G55">
+        <v>68</v>
+      </c>
+      <c r="H55">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>336</v>
+      </c>
+      <c r="C56">
+        <v>1</v>
+      </c>
+      <c r="D56">
+        <v>0</v>
+      </c>
+      <c r="E56">
+        <v>1</v>
+      </c>
+      <c r="F56">
+        <v>20</v>
+      </c>
+      <c r="G56">
+        <v>0</v>
+      </c>
+      <c r="H56">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B57" t="s">
+        <v>337</v>
+      </c>
+      <c r="C57">
+        <v>1</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
+      </c>
+      <c r="E57">
+        <v>0</v>
+      </c>
+      <c r="F57">
+        <v>9</v>
+      </c>
+      <c r="G57">
+        <v>0</v>
+      </c>
+      <c r="H57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>347</v>
+      </c>
+      <c r="B58" t="s">
+        <v>338</v>
+      </c>
+      <c r="C58">
+        <v>69</v>
+      </c>
+      <c r="D58">
+        <v>165</v>
+      </c>
+      <c r="E58">
+        <v>0</v>
+      </c>
+      <c r="F58">
+        <v>208</v>
+      </c>
+      <c r="G58">
+        <v>214</v>
+      </c>
+      <c r="H58">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>347</v>
+      </c>
+      <c r="B59" t="s">
+        <v>339</v>
+      </c>
+      <c r="C59">
+        <v>20</v>
+      </c>
+      <c r="D59">
+        <v>1</v>
+      </c>
+      <c r="E59">
+        <v>0</v>
+      </c>
+      <c r="F59">
+        <v>13</v>
+      </c>
+      <c r="G59">
+        <v>9</v>
+      </c>
+      <c r="H59">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>347</v>
+      </c>
+      <c r="B60" t="s">
+        <v>340</v>
+      </c>
+      <c r="C60">
+        <v>436</v>
+      </c>
+      <c r="D60">
+        <v>98</v>
+      </c>
+      <c r="E60">
+        <v>115</v>
+      </c>
+      <c r="F60">
+        <v>38</v>
+      </c>
+      <c r="G60">
+        <v>20</v>
+      </c>
+      <c r="H60">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>347</v>
+      </c>
+      <c r="B61" t="s">
+        <v>341</v>
+      </c>
+      <c r="C61">
+        <v>62</v>
+      </c>
+      <c r="D61">
+        <v>21</v>
+      </c>
+      <c r="E61">
+        <v>71</v>
+      </c>
+      <c r="F61">
+        <v>38</v>
+      </c>
+      <c r="G61">
+        <v>39</v>
+      </c>
+      <c r="H61">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>347</v>
+      </c>
+      <c r="B62" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62">
         <v>18</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="D13">
+      <c r="D62">
         <v>0</v>
       </c>
-      <c r="E13">
+      <c r="E62">
+        <v>0</v>
+      </c>
+      <c r="F62">
+        <v>1</v>
+      </c>
+      <c r="G62">
+        <v>0</v>
+      </c>
+      <c r="H62">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>347</v>
+      </c>
+      <c r="B63" t="s">
+        <v>343</v>
+      </c>
+      <c r="C63">
+        <v>34</v>
+      </c>
+      <c r="D63">
+        <v>5</v>
+      </c>
+      <c r="E63">
+        <v>26</v>
+      </c>
+      <c r="F63">
         <v>48</v>
       </c>
-      <c r="F13">
+      <c r="G63">
+        <v>48</v>
+      </c>
+      <c r="H63">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>347</v>
+      </c>
+      <c r="B64" t="s">
+        <v>344</v>
+      </c>
+      <c r="C64">
+        <v>46</v>
+      </c>
+      <c r="D64">
         <v>0</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      <c r="D15">
+      <c r="E64">
         <v>0</v>
       </c>
-      <c r="E15">
-[...2 lines deleted...]
-      <c r="F15">
+      <c r="F64">
+        <v>84</v>
+      </c>
+      <c r="G64">
         <v>0</v>
       </c>
-    </row>
-[...47 lines deleted...]
-      <c r="C18">
+      <c r="H64">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>347</v>
+      </c>
+      <c r="B65" t="s">
+        <v>345</v>
+      </c>
+      <c r="C65">
+        <v>25</v>
+      </c>
+      <c r="D65">
+        <v>4</v>
+      </c>
+      <c r="E65">
         <v>5</v>
       </c>
-      <c r="D18">
+      <c r="F65">
+        <v>50</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="H65">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>347</v>
+      </c>
+      <c r="B66" t="s">
+        <v>346</v>
+      </c>
+      <c r="C66">
+        <v>29</v>
+      </c>
+      <c r="D66">
         <v>0</v>
       </c>
-      <c r="E18">
-[...2 lines deleted...]
-      <c r="F18">
+      <c r="E66">
+        <v>61</v>
+      </c>
+      <c r="F66">
+        <v>59</v>
+      </c>
+      <c r="G66">
         <v>0</v>
       </c>
-    </row>
-[...432 lines deleted...]
-      <c r="B76" s="4"/>
+      <c r="H66">
+        <v>74</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:F3" xr:uid="{39ACFF55-C71B-470A-84E9-F2F7B76634B6}"/>
-[...3 lines deleted...]
-    <mergeCell ref="E2:F2"/>
+  <autoFilter ref="A1:H66" xr:uid="{FF254A9C-B407-44C1-AC0F-DD2AC6FCA896}">
+    <filterColumn colId="2" showButton="0"/>
+    <filterColumn colId="3" showButton="0"/>
+    <filterColumn colId="5" showButton="0"/>
+    <filterColumn colId="6" showButton="0"/>
+  </autoFilter>
+  <mergeCells count="4">
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="C1:E1"/>
+    <mergeCell ref="F1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25AC57E9-1E05-426E-94FD-92E707F6624E}">
-  <dimension ref="A1:L301"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D4F7BF9-1FA4-4053-8D0F-D228CB34FB91}">
+  <dimension ref="A1:H66"/>
   <sheetViews>
-    <sheetView topLeftCell="E1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="G18" sqref="G18"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8">
+      <c r="A1" s="10" t="s">
+        <v>307</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="10"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="E2" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="G2" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="H2" s="9" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C3">
+        <v>58</v>
+      </c>
+      <c r="D3">
+        <v>0</v>
+      </c>
+      <c r="E3">
+        <v>135</v>
+      </c>
+      <c r="F3">
+        <v>23</v>
+      </c>
+      <c r="G3">
+        <v>0</v>
+      </c>
+      <c r="H3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>314</v>
+      </c>
+      <c r="B4" t="s">
+        <v>316</v>
+      </c>
+      <c r="C4">
+        <v>100</v>
+      </c>
+      <c r="D4">
+        <v>0</v>
+      </c>
+      <c r="E4">
+        <v>33</v>
+      </c>
+      <c r="F4">
+        <v>100</v>
+      </c>
+      <c r="G4">
+        <v>0</v>
+      </c>
+      <c r="H4">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C5">
+        <v>81</v>
+      </c>
+      <c r="D5">
+        <v>15</v>
+      </c>
+      <c r="E5">
+        <v>73</v>
+      </c>
+      <c r="F5">
+        <v>58</v>
+      </c>
+      <c r="G5">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>314</v>
+      </c>
+      <c r="B6" t="s">
+        <v>318</v>
+      </c>
+      <c r="C6">
+        <v>1</v>
+      </c>
+      <c r="D6">
+        <v>0</v>
+      </c>
+      <c r="E6">
+        <v>39</v>
+      </c>
+      <c r="F6">
+        <v>6</v>
+      </c>
+      <c r="G6">
+        <v>0</v>
+      </c>
+      <c r="H6">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>314</v>
+      </c>
+      <c r="B7" t="s">
+        <v>319</v>
+      </c>
+      <c r="C7">
+        <v>69</v>
+      </c>
+      <c r="D7">
+        <v>20</v>
+      </c>
+      <c r="E7">
+        <v>23</v>
+      </c>
+      <c r="F7">
+        <v>69</v>
+      </c>
+      <c r="G7">
+        <v>70</v>
+      </c>
+      <c r="H7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>314</v>
+      </c>
+      <c r="B8" t="s">
+        <v>320</v>
+      </c>
+      <c r="C8">
+        <v>762</v>
+      </c>
+      <c r="D8">
+        <v>12</v>
+      </c>
+      <c r="E8">
+        <v>167</v>
+      </c>
+      <c r="F8">
+        <v>106</v>
+      </c>
+      <c r="G8">
+        <v>88</v>
+      </c>
+      <c r="H8">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>314</v>
+      </c>
+      <c r="B9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C9">
+        <v>245</v>
+      </c>
+      <c r="D9">
+        <v>21</v>
+      </c>
+      <c r="E9">
+        <v>718</v>
+      </c>
+      <c r="F9">
+        <v>99</v>
+      </c>
+      <c r="G9">
+        <v>96</v>
+      </c>
+      <c r="H9">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>314</v>
+      </c>
+      <c r="B10" t="s">
+        <v>322</v>
+      </c>
+      <c r="C10">
+        <v>22</v>
+      </c>
+      <c r="D10">
+        <v>0</v>
+      </c>
+      <c r="E10">
+        <v>357</v>
+      </c>
+      <c r="F10">
+        <v>21</v>
+      </c>
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>314</v>
+      </c>
+      <c r="B11" t="s">
+        <v>323</v>
+      </c>
+      <c r="C11">
+        <v>80</v>
+      </c>
+      <c r="D11">
+        <v>46</v>
+      </c>
+      <c r="E11">
+        <v>41</v>
+      </c>
+      <c r="F11">
+        <v>82</v>
+      </c>
+      <c r="G11">
+        <v>80</v>
+      </c>
+      <c r="H11">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>314</v>
+      </c>
+      <c r="B12" t="s">
+        <v>324</v>
+      </c>
+      <c r="C12">
+        <v>218</v>
+      </c>
+      <c r="D12">
+        <v>50</v>
+      </c>
+      <c r="E12">
+        <v>0</v>
+      </c>
+      <c r="F12">
+        <v>46</v>
+      </c>
+      <c r="G12">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>314</v>
+      </c>
+      <c r="B13" t="s">
+        <v>325</v>
+      </c>
+      <c r="C13">
+        <v>2955</v>
+      </c>
+      <c r="D13">
+        <v>709</v>
+      </c>
+      <c r="E13">
+        <v>606</v>
+      </c>
+      <c r="F13">
+        <v>110</v>
+      </c>
+      <c r="G13">
+        <v>106</v>
+      </c>
+      <c r="H13">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>314</v>
+      </c>
+      <c r="B14" t="s">
+        <v>326</v>
+      </c>
+      <c r="C14">
+        <v>23</v>
+      </c>
+      <c r="D14">
+        <v>2</v>
+      </c>
+      <c r="E14">
+        <v>0</v>
+      </c>
+      <c r="F14">
+        <v>107</v>
+      </c>
+      <c r="G14">
+        <v>21</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>314</v>
+      </c>
+      <c r="B15" t="s">
+        <v>327</v>
+      </c>
+      <c r="C15">
+        <v>1490</v>
+      </c>
+      <c r="D15">
+        <v>169</v>
+      </c>
+      <c r="E15">
+        <v>566</v>
+      </c>
+      <c r="F15">
+        <v>161</v>
+      </c>
+      <c r="G15">
+        <v>161</v>
+      </c>
+      <c r="H15">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>314</v>
+      </c>
+      <c r="B16" t="s">
+        <v>328</v>
+      </c>
+      <c r="C16">
+        <v>43</v>
+      </c>
+      <c r="D16">
+        <v>6</v>
+      </c>
+      <c r="E16">
+        <v>23</v>
+      </c>
+      <c r="F16">
+        <v>69</v>
+      </c>
+      <c r="G16">
+        <v>47</v>
+      </c>
+      <c r="H16">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>314</v>
+      </c>
+      <c r="B17" t="s">
+        <v>329</v>
+      </c>
+      <c r="C17">
+        <v>5</v>
+      </c>
+      <c r="D17">
+        <v>0</v>
+      </c>
+      <c r="E17">
+        <v>0</v>
+      </c>
+      <c r="F17">
+        <v>21</v>
+      </c>
+      <c r="G17">
+        <v>0</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>314</v>
+      </c>
+      <c r="B18" t="s">
+        <v>330</v>
+      </c>
+      <c r="C18">
+        <v>176</v>
+      </c>
+      <c r="D18">
+        <v>74</v>
+      </c>
+      <c r="E18">
+        <v>127</v>
+      </c>
+      <c r="F18">
+        <v>42</v>
+      </c>
+      <c r="G18">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>314</v>
+      </c>
+      <c r="B19" t="s">
+        <v>331</v>
+      </c>
+      <c r="C19">
+        <v>1</v>
+      </c>
+      <c r="D19">
+        <v>1</v>
+      </c>
+      <c r="E19">
+        <v>0</v>
+      </c>
+      <c r="F19">
+        <v>7</v>
+      </c>
+      <c r="G19">
+        <v>7</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>314</v>
+      </c>
+      <c r="B20" t="s">
+        <v>332</v>
+      </c>
+      <c r="C20">
+        <v>2330</v>
+      </c>
+      <c r="D20">
+        <v>186</v>
+      </c>
+      <c r="E20">
+        <v>708</v>
+      </c>
+      <c r="F20">
+        <v>145</v>
+      </c>
+      <c r="G20">
+        <v>142</v>
+      </c>
+      <c r="H20">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>314</v>
+      </c>
+      <c r="B21" t="s">
+        <v>333</v>
+      </c>
+      <c r="C21">
+        <v>63</v>
+      </c>
+      <c r="D21">
+        <v>1</v>
+      </c>
+      <c r="E21">
+        <v>15</v>
+      </c>
+      <c r="F21">
+        <v>50</v>
+      </c>
+      <c r="G21">
+        <v>29</v>
+      </c>
+      <c r="H21">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>314</v>
+      </c>
+      <c r="B22" t="s">
+        <v>334</v>
+      </c>
+      <c r="C22">
+        <v>2</v>
+      </c>
+      <c r="D22">
+        <v>0</v>
+      </c>
+      <c r="E22">
+        <v>0</v>
+      </c>
+      <c r="F22">
+        <v>21</v>
+      </c>
+      <c r="G22">
+        <v>0</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>314</v>
+      </c>
+      <c r="B23" t="s">
+        <v>335</v>
+      </c>
+      <c r="C23">
+        <v>42</v>
+      </c>
+      <c r="D23">
+        <v>13</v>
+      </c>
+      <c r="E23">
+        <v>23</v>
+      </c>
+      <c r="F23">
+        <v>58</v>
+      </c>
+      <c r="G23">
+        <v>58</v>
+      </c>
+      <c r="H23">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>314</v>
+      </c>
+      <c r="B24" t="s">
+        <v>336</v>
+      </c>
+      <c r="C24">
+        <v>1</v>
+      </c>
+      <c r="D24">
+        <v>0</v>
+      </c>
+      <c r="E24">
+        <v>1</v>
+      </c>
+      <c r="F24">
+        <v>20</v>
+      </c>
+      <c r="G24">
+        <v>0</v>
+      </c>
+      <c r="H24">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>314</v>
+      </c>
+      <c r="B25" t="s">
+        <v>337</v>
+      </c>
+      <c r="C25">
+        <v>1</v>
+      </c>
+      <c r="D25">
+        <v>0</v>
+      </c>
+      <c r="E25">
+        <v>0</v>
+      </c>
+      <c r="F25">
+        <v>9</v>
+      </c>
+      <c r="G25">
+        <v>0</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>314</v>
+      </c>
+      <c r="B26" t="s">
+        <v>338</v>
+      </c>
+      <c r="C26">
+        <v>107</v>
+      </c>
+      <c r="D26">
+        <v>183</v>
+      </c>
+      <c r="E26">
+        <v>0</v>
+      </c>
+      <c r="F26">
+        <v>137</v>
+      </c>
+      <c r="G26">
+        <v>135</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>314</v>
+      </c>
+      <c r="B27" t="s">
+        <v>339</v>
+      </c>
+      <c r="C27">
+        <v>20</v>
+      </c>
+      <c r="D27">
+        <v>1</v>
+      </c>
+      <c r="E27">
+        <v>0</v>
+      </c>
+      <c r="F27">
+        <v>11</v>
+      </c>
+      <c r="G27">
+        <v>7</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>314</v>
+      </c>
+      <c r="B28" t="s">
+        <v>340</v>
+      </c>
+      <c r="C28">
+        <v>483</v>
+      </c>
+      <c r="D28">
+        <v>368</v>
+      </c>
+      <c r="E28">
+        <v>126</v>
+      </c>
+      <c r="F28">
+        <v>38</v>
+      </c>
+      <c r="G28">
+        <v>20</v>
+      </c>
+      <c r="H28">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>314</v>
+      </c>
+      <c r="B29" t="s">
+        <v>341</v>
+      </c>
+      <c r="C29">
+        <v>79</v>
+      </c>
+      <c r="D29">
+        <v>22</v>
+      </c>
+      <c r="E29">
+        <v>77</v>
+      </c>
+      <c r="F29">
+        <v>37</v>
+      </c>
+      <c r="G29">
+        <v>38</v>
+      </c>
+      <c r="H29">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>314</v>
+      </c>
+      <c r="B30" t="s">
+        <v>342</v>
+      </c>
+      <c r="C30">
+        <v>18</v>
+      </c>
+      <c r="D30">
+        <v>0</v>
+      </c>
+      <c r="E30">
+        <v>22</v>
+      </c>
+      <c r="F30">
+        <v>1</v>
+      </c>
+      <c r="G30">
+        <v>0</v>
+      </c>
+      <c r="H30">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>314</v>
+      </c>
+      <c r="B31" t="s">
+        <v>343</v>
+      </c>
+      <c r="C31">
+        <v>37</v>
+      </c>
+      <c r="D31">
+        <v>17</v>
+      </c>
+      <c r="E31">
+        <v>26</v>
+      </c>
+      <c r="F31">
+        <v>37</v>
+      </c>
+      <c r="G31">
+        <v>37</v>
+      </c>
+      <c r="H31">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>314</v>
+      </c>
+      <c r="B32" t="s">
+        <v>344</v>
+      </c>
+      <c r="C32">
+        <v>61</v>
+      </c>
+      <c r="D32">
+        <v>0</v>
+      </c>
+      <c r="E32">
+        <v>0</v>
+      </c>
+      <c r="F32">
+        <v>80</v>
+      </c>
+      <c r="G32">
+        <v>0</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>314</v>
+      </c>
+      <c r="B33" t="s">
+        <v>345</v>
+      </c>
+      <c r="C33">
+        <v>25</v>
+      </c>
+      <c r="D33">
+        <v>4</v>
+      </c>
+      <c r="E33">
+        <v>6</v>
+      </c>
+      <c r="F33">
+        <v>50</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>314</v>
+      </c>
+      <c r="B34" t="s">
+        <v>346</v>
+      </c>
+      <c r="C34">
+        <v>42</v>
+      </c>
+      <c r="D34">
+        <v>1</v>
+      </c>
+      <c r="E34">
+        <v>62</v>
+      </c>
+      <c r="F34">
+        <v>51</v>
+      </c>
+      <c r="G34">
+        <v>21</v>
+      </c>
+      <c r="H34">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>347</v>
+      </c>
+      <c r="B35" t="s">
+        <v>315</v>
+      </c>
+      <c r="C35">
+        <v>46</v>
+      </c>
+      <c r="D35">
+        <v>0</v>
+      </c>
+      <c r="E35">
+        <v>135</v>
+      </c>
+      <c r="F35">
+        <v>15</v>
+      </c>
+      <c r="G35">
+        <v>0</v>
+      </c>
+      <c r="H35">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>347</v>
+      </c>
+      <c r="B36" t="s">
+        <v>316</v>
+      </c>
+      <c r="C36">
+        <v>100</v>
+      </c>
+      <c r="D36">
+        <v>0</v>
+      </c>
+      <c r="E36">
+        <v>33</v>
+      </c>
+      <c r="F36">
+        <v>100</v>
+      </c>
+      <c r="G36">
+        <v>0</v>
+      </c>
+      <c r="H36">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>347</v>
+      </c>
+      <c r="B37" t="s">
+        <v>317</v>
+      </c>
+      <c r="C37">
+        <v>78</v>
+      </c>
+      <c r="D37">
+        <v>14</v>
+      </c>
+      <c r="E37">
+        <v>60</v>
+      </c>
+      <c r="F37">
+        <v>53</v>
+      </c>
+      <c r="G37">
+        <v>29</v>
+      </c>
+      <c r="H37">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>347</v>
+      </c>
+      <c r="B38" t="s">
+        <v>318</v>
+      </c>
+      <c r="C38">
+        <v>0</v>
+      </c>
+      <c r="D38">
+        <v>0</v>
+      </c>
+      <c r="E38">
+        <v>39</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
+      <c r="G38">
+        <v>0</v>
+      </c>
+      <c r="H38">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>347</v>
+      </c>
+      <c r="B39" t="s">
+        <v>319</v>
+      </c>
+      <c r="C39">
+        <v>57</v>
+      </c>
+      <c r="D39">
+        <v>19</v>
+      </c>
+      <c r="E39">
+        <v>23</v>
+      </c>
+      <c r="F39">
+        <v>69</v>
+      </c>
+      <c r="G39">
+        <v>70</v>
+      </c>
+      <c r="H39">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>347</v>
+      </c>
+      <c r="B40" t="s">
+        <v>320</v>
+      </c>
+      <c r="C40">
+        <v>748</v>
+      </c>
+      <c r="D40">
+        <v>12</v>
+      </c>
+      <c r="E40">
+        <v>167</v>
+      </c>
+      <c r="F40">
+        <v>106</v>
+      </c>
+      <c r="G40">
+        <v>88</v>
+      </c>
+      <c r="H40">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>347</v>
+      </c>
+      <c r="B41" t="s">
+        <v>321</v>
+      </c>
+      <c r="C41">
+        <v>242</v>
+      </c>
+      <c r="D41">
+        <v>14</v>
+      </c>
+      <c r="E41">
+        <v>697</v>
+      </c>
+      <c r="F41">
+        <v>81</v>
+      </c>
+      <c r="G41">
+        <v>95</v>
+      </c>
+      <c r="H41">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>347</v>
+      </c>
+      <c r="B42" t="s">
+        <v>322</v>
+      </c>
+      <c r="C42">
+        <v>17</v>
+      </c>
+      <c r="D42">
+        <v>0</v>
+      </c>
+      <c r="E42">
+        <v>274</v>
+      </c>
+      <c r="F42">
+        <v>19</v>
+      </c>
+      <c r="G42">
+        <v>0</v>
+      </c>
+      <c r="H42">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>347</v>
+      </c>
+      <c r="B43" t="s">
+        <v>323</v>
+      </c>
+      <c r="C43">
+        <v>77</v>
+      </c>
+      <c r="D43">
+        <v>46</v>
+      </c>
+      <c r="E43">
+        <v>27</v>
+      </c>
+      <c r="F43">
+        <v>81</v>
+      </c>
+      <c r="G43">
+        <v>79</v>
+      </c>
+      <c r="H43">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>347</v>
+      </c>
+      <c r="B44" t="s">
+        <v>324</v>
+      </c>
+      <c r="C44">
+        <v>194</v>
+      </c>
+      <c r="D44">
+        <v>22</v>
+      </c>
+      <c r="E44">
+        <v>0</v>
+      </c>
+      <c r="F44">
+        <v>42</v>
+      </c>
+      <c r="G44">
+        <v>27</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>347</v>
+      </c>
+      <c r="B45" t="s">
+        <v>325</v>
+      </c>
+      <c r="C45">
+        <v>2884</v>
+      </c>
+      <c r="D45">
+        <v>705</v>
+      </c>
+      <c r="E45">
+        <v>573</v>
+      </c>
+      <c r="F45">
+        <v>110</v>
+      </c>
+      <c r="G45">
+        <v>105</v>
+      </c>
+      <c r="H45">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>347</v>
+      </c>
+      <c r="B46" t="s">
+        <v>326</v>
+      </c>
+      <c r="C46">
+        <v>16</v>
+      </c>
+      <c r="D46">
+        <v>2</v>
+      </c>
+      <c r="E46">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>106</v>
+      </c>
+      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="H46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>347</v>
+      </c>
+      <c r="B47" t="s">
+        <v>327</v>
+      </c>
+      <c r="C47">
+        <v>1473</v>
+      </c>
+      <c r="D47">
+        <v>158</v>
+      </c>
+      <c r="E47">
+        <v>552</v>
+      </c>
+      <c r="F47">
+        <v>160</v>
+      </c>
+      <c r="G47">
+        <v>160</v>
+      </c>
+      <c r="H47">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>347</v>
+      </c>
+      <c r="B48" t="s">
+        <v>328</v>
+      </c>
+      <c r="C48">
+        <v>43</v>
+      </c>
+      <c r="D48">
+        <v>6</v>
+      </c>
+      <c r="E48">
+        <v>22</v>
+      </c>
+      <c r="F48">
+        <v>56</v>
+      </c>
+      <c r="G48">
+        <v>33</v>
+      </c>
+      <c r="H48">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>347</v>
+      </c>
+      <c r="B49" t="s">
+        <v>329</v>
+      </c>
+      <c r="C49">
+        <v>5</v>
+      </c>
+      <c r="D49">
+        <v>0</v>
+      </c>
+      <c r="E49">
+        <v>0</v>
+      </c>
+      <c r="F49">
+        <v>21</v>
+      </c>
+      <c r="G49">
+        <v>0</v>
+      </c>
+      <c r="H49">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>347</v>
+      </c>
+      <c r="B50" t="s">
+        <v>330</v>
+      </c>
+      <c r="C50">
+        <v>172</v>
+      </c>
+      <c r="D50">
+        <v>74</v>
+      </c>
+      <c r="E50">
+        <v>92</v>
+      </c>
+      <c r="F50">
+        <v>38</v>
+      </c>
+      <c r="G50">
+        <v>32</v>
+      </c>
+      <c r="H50">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>347</v>
+      </c>
+      <c r="B51" t="s">
+        <v>331</v>
+      </c>
+      <c r="C51">
+        <v>1</v>
+      </c>
+      <c r="D51">
+        <v>1</v>
+      </c>
+      <c r="E51">
+        <v>0</v>
+      </c>
+      <c r="F51">
+        <v>7</v>
+      </c>
+      <c r="G51">
+        <v>7</v>
+      </c>
+      <c r="H51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>332</v>
+      </c>
+      <c r="C52">
+        <v>2292</v>
+      </c>
+      <c r="D52">
+        <v>182</v>
+      </c>
+      <c r="E52">
+        <v>684</v>
+      </c>
+      <c r="F52">
+        <v>145</v>
+      </c>
+      <c r="G52">
+        <v>141</v>
+      </c>
+      <c r="H52">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>347</v>
+      </c>
+      <c r="B53" t="s">
+        <v>333</v>
+      </c>
+      <c r="C53">
+        <v>36</v>
+      </c>
+      <c r="D53">
+        <v>1</v>
+      </c>
+      <c r="E53">
+        <v>12</v>
+      </c>
+      <c r="F53">
+        <v>49</v>
+      </c>
+      <c r="G53">
+        <v>28</v>
+      </c>
+      <c r="H53">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>347</v>
+      </c>
+      <c r="B54" t="s">
+        <v>334</v>
+      </c>
+      <c r="C54">
+        <v>2</v>
+      </c>
+      <c r="D54">
+        <v>0</v>
+      </c>
+      <c r="E54">
+        <v>0</v>
+      </c>
+      <c r="F54">
+        <v>20</v>
+      </c>
+      <c r="G54">
+        <v>0</v>
+      </c>
+      <c r="H54">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>335</v>
+      </c>
+      <c r="C55">
+        <v>40</v>
+      </c>
+      <c r="D55">
+        <v>13</v>
+      </c>
+      <c r="E55">
+        <v>22</v>
+      </c>
+      <c r="F55">
+        <v>57</v>
+      </c>
+      <c r="G55">
+        <v>57</v>
+      </c>
+      <c r="H55">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>336</v>
+      </c>
+      <c r="C56">
+        <v>1</v>
+      </c>
+      <c r="D56">
+        <v>0</v>
+      </c>
+      <c r="E56">
+        <v>1</v>
+      </c>
+      <c r="F56">
+        <v>20</v>
+      </c>
+      <c r="G56">
+        <v>0</v>
+      </c>
+      <c r="H56">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>347</v>
+      </c>
+      <c r="B57" t="s">
+        <v>337</v>
+      </c>
+      <c r="C57">
+        <v>1</v>
+      </c>
+      <c r="D57">
+        <v>0</v>
+      </c>
+      <c r="E57">
+        <v>0</v>
+      </c>
+      <c r="F57">
+        <v>9</v>
+      </c>
+      <c r="G57">
+        <v>0</v>
+      </c>
+      <c r="H57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>347</v>
+      </c>
+      <c r="B58" t="s">
+        <v>338</v>
+      </c>
+      <c r="C58">
+        <v>69</v>
+      </c>
+      <c r="D58">
+        <v>165</v>
+      </c>
+      <c r="E58">
+        <v>0</v>
+      </c>
+      <c r="F58">
+        <v>135</v>
+      </c>
+      <c r="G58">
+        <v>135</v>
+      </c>
+      <c r="H58">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>347</v>
+      </c>
+      <c r="B59" t="s">
+        <v>339</v>
+      </c>
+      <c r="C59">
+        <v>20</v>
+      </c>
+      <c r="D59">
+        <v>1</v>
+      </c>
+      <c r="E59">
+        <v>0</v>
+      </c>
+      <c r="F59">
+        <v>11</v>
+      </c>
+      <c r="G59">
+        <v>7</v>
+      </c>
+      <c r="H59">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>347</v>
+      </c>
+      <c r="B60" t="s">
+        <v>340</v>
+      </c>
+      <c r="C60">
+        <v>30</v>
+      </c>
+      <c r="D60">
+        <v>98</v>
+      </c>
+      <c r="E60">
+        <v>115</v>
+      </c>
+      <c r="F60">
+        <v>33</v>
+      </c>
+      <c r="G60">
+        <v>16</v>
+      </c>
+      <c r="H60">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>347</v>
+      </c>
+      <c r="B61" t="s">
+        <v>341</v>
+      </c>
+      <c r="C61">
+        <v>62</v>
+      </c>
+      <c r="D61">
+        <v>21</v>
+      </c>
+      <c r="E61">
+        <v>71</v>
+      </c>
+      <c r="F61">
+        <v>37</v>
+      </c>
+      <c r="G61">
+        <v>38</v>
+      </c>
+      <c r="H61">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>347</v>
+      </c>
+      <c r="B62" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62">
+        <v>18</v>
+      </c>
+      <c r="D62">
+        <v>0</v>
+      </c>
+      <c r="E62">
+        <v>0</v>
+      </c>
+      <c r="F62">
+        <v>1</v>
+      </c>
+      <c r="G62">
+        <v>0</v>
+      </c>
+      <c r="H62">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>347</v>
+      </c>
+      <c r="B63" t="s">
+        <v>343</v>
+      </c>
+      <c r="C63">
+        <v>34</v>
+      </c>
+      <c r="D63">
+        <v>5</v>
+      </c>
+      <c r="E63">
+        <v>26</v>
+      </c>
+      <c r="F63">
+        <v>37</v>
+      </c>
+      <c r="G63">
+        <v>37</v>
+      </c>
+      <c r="H63">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>347</v>
+      </c>
+      <c r="B64" t="s">
+        <v>344</v>
+      </c>
+      <c r="C64">
+        <v>46</v>
+      </c>
+      <c r="D64">
+        <v>0</v>
+      </c>
+      <c r="E64">
+        <v>0</v>
+      </c>
+      <c r="F64">
+        <v>76</v>
+      </c>
+      <c r="G64">
+        <v>0</v>
+      </c>
+      <c r="H64">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>347</v>
+      </c>
+      <c r="B65" t="s">
+        <v>345</v>
+      </c>
+      <c r="C65">
+        <v>25</v>
+      </c>
+      <c r="D65">
+        <v>4</v>
+      </c>
+      <c r="E65">
+        <v>5</v>
+      </c>
+      <c r="F65">
+        <v>50</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="H65">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>347</v>
+      </c>
+      <c r="B66" t="s">
+        <v>346</v>
+      </c>
+      <c r="C66">
+        <v>29</v>
+      </c>
+      <c r="D66">
+        <v>0</v>
+      </c>
+      <c r="E66">
+        <v>61</v>
+      </c>
+      <c r="F66">
+        <v>51</v>
+      </c>
+      <c r="G66">
+        <v>0</v>
+      </c>
+      <c r="H66">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="C1:E1"/>
+    <mergeCell ref="F1:H1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25AC57E9-1E05-426E-94FD-92E707F6624E}">
+  <dimension ref="A1:L303"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A154" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A171" sqref="A171:XFD171"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="26" customWidth="1"/>
-    <col min="3" max="3" width="47.54296875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="12" width="26" customWidth="1"/>
+    <col min="3" max="3" width="47.5703125" customWidth="1"/>
+    <col min="4" max="4" width="17.28515625" customWidth="1"/>
+    <col min="5" max="5" width="15.42578125" style="4" customWidth="1"/>
+    <col min="6" max="12" width="26" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C1" s="8" t="s">
+    <row r="1" spans="1:12">
+      <c r="A1" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="E1" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="G1" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="H1" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="I1" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="J1" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="K1" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="L1" s="3" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" t="s">
+        <v>360</v>
+      </c>
+      <c r="B2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D2" s="6"/>
+      <c r="F2" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="G2" s="6"/>
+      <c r="I2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="6"/>
+    </row>
+    <row r="3" spans="1:12">
+      <c r="A3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J3" t="s">
+        <v>322</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B4" t="s">
+        <v>372</v>
+      </c>
+      <c r="C4" t="s">
+        <v>366</v>
+      </c>
+      <c r="D4" t="s">
+        <v>367</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="G4" s="1">
+        <v>63</v>
+      </c>
+      <c r="I4" s="1">
+        <v>7</v>
+      </c>
+      <c r="J4" t="s">
+        <v>374</v>
+      </c>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" t="s">
+        <v>375</v>
+      </c>
+      <c r="B5" t="s">
+        <v>376</v>
+      </c>
+      <c r="C5" t="s">
+        <v>377</v>
+      </c>
+      <c r="D5" t="s">
+        <v>367</v>
+      </c>
+      <c r="F5" s="1">
+        <v>10</v>
+      </c>
+      <c r="G5" s="1"/>
+      <c r="I5" s="1">
+        <v>4</v>
+      </c>
+      <c r="J5" t="s">
+        <v>321</v>
+      </c>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+    </row>
+    <row r="6" spans="1:12">
+      <c r="A6" t="s">
+        <v>378</v>
+      </c>
+      <c r="B6" t="s">
+        <v>379</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J6" t="s">
+        <v>316</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="A7" t="s">
+        <v>383</v>
+      </c>
+      <c r="B7" t="s">
+        <v>384</v>
+      </c>
+      <c r="C7" t="s">
+        <v>366</v>
+      </c>
+      <c r="D7" t="s">
+        <v>367</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="G7" s="1">
+        <v>70</v>
+      </c>
+      <c r="I7" s="1">
+        <v>8</v>
+      </c>
+      <c r="J7" t="s">
+        <v>385</v>
+      </c>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="A8" t="s">
+        <v>386</v>
+      </c>
+      <c r="B8" t="s">
+        <v>387</v>
+      </c>
+      <c r="C8" t="s">
+        <v>362</v>
+      </c>
+      <c r="D8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="6"/>
+      <c r="I8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="6"/>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" t="s">
+        <v>388</v>
+      </c>
+      <c r="B9" t="s">
+        <v>389</v>
+      </c>
+      <c r="C9" t="s">
+        <v>390</v>
+      </c>
+      <c r="D9" t="s">
+        <v>367</v>
+      </c>
+      <c r="F9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="A10" t="s">
+        <v>391</v>
+      </c>
+      <c r="B10" t="s">
+        <v>392</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J10" t="s">
+        <v>397</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
+      <c r="A11" t="s">
+        <v>398</v>
+      </c>
+      <c r="B11" t="s">
+        <v>399</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="I11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="6"/>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="A12" t="s">
+        <v>402</v>
+      </c>
+      <c r="B12" t="s">
+        <v>403</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="J12" t="s">
+        <v>407</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" t="s">
+        <v>408</v>
+      </c>
+      <c r="B13" t="s">
+        <v>409</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D13" s="6"/>
+      <c r="F13" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J13" t="s">
+        <v>322</v>
+      </c>
+      <c r="K13" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="A14" t="s">
+        <v>412</v>
+      </c>
+      <c r="B14" t="s">
+        <v>413</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
+      <c r="I14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="6"/>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" t="s">
+        <v>415</v>
+      </c>
+      <c r="B15" t="s">
+        <v>416</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="I15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="6"/>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" t="s">
+        <v>417</v>
+      </c>
+      <c r="B16" t="s">
+        <v>418</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+      <c r="I16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="6"/>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" t="s">
+        <v>419</v>
+      </c>
+      <c r="B17" t="s">
+        <v>420</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+      <c r="I17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="6"/>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" t="s">
+        <v>421</v>
+      </c>
+      <c r="B18" t="s">
+        <v>422</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="I18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="6"/>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" t="s">
+        <v>423</v>
+      </c>
+      <c r="B19" t="s">
+        <v>424</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="H19" t="s">
+        <v>428</v>
+      </c>
+      <c r="I19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="6"/>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" t="s">
+        <v>429</v>
+      </c>
+      <c r="B20" t="s">
+        <v>430</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="G20" s="6"/>
+      <c r="I20" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J20" t="s">
+        <v>320</v>
+      </c>
+      <c r="K20" s="1"/>
+      <c r="L20" s="6"/>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" t="s">
+        <v>432</v>
+      </c>
+      <c r="B21" t="s">
+        <v>433</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="H21" t="s">
+        <v>436</v>
+      </c>
+      <c r="I21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="6"/>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" t="s">
+        <v>437</v>
+      </c>
+      <c r="B22" t="s">
+        <v>438</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="H22" t="s">
+        <v>442</v>
+      </c>
+      <c r="I22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="6"/>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" t="s">
+        <v>443</v>
+      </c>
+      <c r="B23" t="s">
+        <v>444</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+      <c r="I23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="6"/>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" t="s">
+        <v>445</v>
+      </c>
+      <c r="B24" t="s">
+        <v>446</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="I24" s="1"/>
+      <c r="K24" s="1"/>
+      <c r="L24" s="6"/>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" t="s">
+        <v>447</v>
+      </c>
+      <c r="B25" t="s">
+        <v>448</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F25" s="6"/>
+      <c r="G25" s="6"/>
+      <c r="H25" t="s">
+        <v>442</v>
+      </c>
+      <c r="I25" s="1"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="6"/>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" t="s">
+        <v>450</v>
+      </c>
+      <c r="B26" t="s">
+        <v>451</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J26" t="s">
+        <v>325</v>
+      </c>
+      <c r="K26" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" t="s">
+        <v>453</v>
+      </c>
+      <c r="B27" t="s">
+        <v>454</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D27" s="6"/>
+      <c r="F27" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J27" t="s">
+        <v>332</v>
+      </c>
+      <c r="K27" s="1"/>
+      <c r="L27" s="6"/>
+    </row>
+    <row r="28" spans="1:12">
+      <c r="A28" t="s">
+        <v>456</v>
+      </c>
+      <c r="B28" t="s">
+        <v>457</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G28" s="6"/>
+      <c r="I28" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J28" t="s">
+        <v>317</v>
+      </c>
+      <c r="K28" s="1"/>
+      <c r="L28" s="6"/>
+    </row>
+    <row r="29" spans="1:12">
+      <c r="A29" t="s">
+        <v>458</v>
+      </c>
+      <c r="B29" t="s">
+        <v>459</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D29" s="6"/>
+      <c r="F29" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="G29" s="6"/>
+      <c r="I29" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J29" t="s">
+        <v>320</v>
+      </c>
+      <c r="K29" s="1"/>
+      <c r="L29" s="6"/>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" t="s">
+        <v>461</v>
+      </c>
+      <c r="B30" t="s">
+        <v>462</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="G30" s="6"/>
+      <c r="I30" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J30" t="s">
+        <v>327</v>
+      </c>
+      <c r="K30" s="1"/>
+      <c r="L30" s="6"/>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" t="s">
+        <v>465</v>
+      </c>
+      <c r="B31" t="s">
+        <v>466</v>
+      </c>
+      <c r="C31" t="s">
+        <v>467</v>
+      </c>
+      <c r="D31" t="s">
+        <v>400</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="F31" s="6"/>
+      <c r="G31" s="6"/>
+      <c r="I31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="6"/>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" t="s">
+        <v>469</v>
+      </c>
+      <c r="B32" t="s">
+        <v>470</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F32" s="6"/>
+      <c r="G32" s="6"/>
+      <c r="I32" s="1"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="6"/>
+    </row>
+    <row r="33" spans="1:12">
+      <c r="A33" t="s">
+        <v>471</v>
+      </c>
+      <c r="B33" t="s">
+        <v>472</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="H33" t="s">
+        <v>442</v>
+      </c>
+      <c r="I33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="6"/>
+    </row>
+    <row r="34" spans="1:12">
+      <c r="A34" t="s">
+        <v>475</v>
+      </c>
+      <c r="B34" t="s">
+        <v>476</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J34" t="s">
+        <v>479</v>
+      </c>
+      <c r="K34" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12">
+      <c r="A35" t="s">
+        <v>480</v>
+      </c>
+      <c r="B35" t="s">
+        <v>481</v>
+      </c>
+      <c r="C35" t="s">
+        <v>482</v>
+      </c>
+      <c r="D35" t="s">
+        <v>367</v>
+      </c>
+      <c r="E35" s="4">
+        <v>39083</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="I35" s="1">
+        <v>5</v>
+      </c>
+      <c r="J35" t="s">
+        <v>485</v>
+      </c>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+    </row>
+    <row r="36" spans="1:12">
+      <c r="A36" t="s">
+        <v>486</v>
+      </c>
+      <c r="B36" t="s">
+        <v>487</v>
+      </c>
+      <c r="C36" t="s">
+        <v>467</v>
+      </c>
+      <c r="D36" t="s">
+        <v>400</v>
+      </c>
+      <c r="E36" s="4">
+        <v>46538</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H36" t="s">
+        <v>490</v>
+      </c>
+      <c r="I36" s="1"/>
+      <c r="K36" s="1">
+        <v>1</v>
+      </c>
+      <c r="L36" s="1" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12">
+      <c r="A37" t="s">
+        <v>491</v>
+      </c>
+      <c r="B37" t="s">
+        <v>492</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+      <c r="I37" s="1"/>
+      <c r="K37" s="1"/>
+      <c r="L37" s="6"/>
+    </row>
+    <row r="38" spans="1:12">
+      <c r="A38" t="s">
+        <v>493</v>
+      </c>
+      <c r="B38" t="s">
+        <v>494</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+      <c r="I38" s="1"/>
+      <c r="K38" s="1"/>
+      <c r="L38" s="6"/>
+    </row>
+    <row r="39" spans="1:12">
+      <c r="A39" t="s">
+        <v>495</v>
+      </c>
+      <c r="B39" t="s">
+        <v>496</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="F39" s="6"/>
+      <c r="G39" s="6"/>
+      <c r="I39" s="1"/>
+      <c r="K39" s="1"/>
+      <c r="L39" s="6"/>
+    </row>
+    <row r="40" spans="1:12">
+      <c r="A40" t="s">
+        <v>498</v>
+      </c>
+      <c r="B40" t="s">
+        <v>499</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="I40" s="1"/>
+      <c r="K40" s="1"/>
+      <c r="L40" s="6"/>
+    </row>
+    <row r="41" spans="1:12">
+      <c r="A41" t="s">
+        <v>501</v>
+      </c>
+      <c r="B41" t="s">
+        <v>502</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E41" s="4">
+        <v>46691</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="J41" t="s">
+        <v>505</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12">
+      <c r="A42" t="s">
+        <v>506</v>
+      </c>
+      <c r="B42" t="s">
+        <v>507</v>
+      </c>
+      <c r="C42" t="s">
+        <v>362</v>
+      </c>
+      <c r="D42" s="6"/>
+      <c r="F42" s="6">
+        <v>2</v>
+      </c>
+      <c r="G42" s="6"/>
+      <c r="I42" s="1">
+        <v>1</v>
+      </c>
+      <c r="J42" t="s">
+        <v>346</v>
+      </c>
+      <c r="K42" s="1"/>
+      <c r="L42" s="6"/>
+    </row>
+    <row r="43" spans="1:12">
+      <c r="A43" t="s">
+        <v>508</v>
+      </c>
+      <c r="B43" t="s">
+        <v>509</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6"/>
+      <c r="I43" s="1"/>
+      <c r="K43" s="1"/>
+      <c r="L43" s="6"/>
+    </row>
+    <row r="44" spans="1:12">
+      <c r="A44" t="s">
+        <v>510</v>
+      </c>
+      <c r="B44" t="s">
+        <v>511</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D44" s="6"/>
+      <c r="F44" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="I44" s="1"/>
+      <c r="K44" s="1"/>
+      <c r="L44" s="6"/>
+    </row>
+    <row r="45" spans="1:12">
+      <c r="A45" t="s">
+        <v>512</v>
+      </c>
+      <c r="B45" t="s">
+        <v>513</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="H45" t="s">
+        <v>436</v>
+      </c>
+      <c r="I45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="6"/>
+    </row>
+    <row r="46" spans="1:12">
+      <c r="A46" t="s">
+        <v>516</v>
+      </c>
+      <c r="B46" t="s">
+        <v>517</v>
+      </c>
+      <c r="C46" t="s">
+        <v>518</v>
+      </c>
+      <c r="D46" t="s">
+        <v>367</v>
+      </c>
+      <c r="F46" s="1">
+        <v>10</v>
+      </c>
+      <c r="G46" s="1"/>
+      <c r="I46" s="1">
+        <v>1</v>
+      </c>
+      <c r="J46" t="s">
+        <v>321</v>
+      </c>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+    </row>
+    <row r="47" spans="1:12">
+      <c r="A47" t="s">
+        <v>519</v>
+      </c>
+      <c r="B47" t="s">
+        <v>520</v>
+      </c>
+      <c r="C47" t="s">
+        <v>366</v>
+      </c>
+      <c r="D47" t="s">
+        <v>367</v>
+      </c>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1"/>
+      <c r="I47" s="1"/>
+      <c r="K47" s="1"/>
+      <c r="L47" s="1"/>
+    </row>
+    <row r="48" spans="1:12">
+      <c r="A48" t="s">
+        <v>521</v>
+      </c>
+      <c r="B48" t="s">
+        <v>522</v>
+      </c>
+      <c r="C48" t="s">
+        <v>467</v>
+      </c>
+      <c r="D48" t="s">
+        <v>367</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="F48" s="6"/>
+      <c r="G48" s="6"/>
+      <c r="I48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="6"/>
+    </row>
+    <row r="49" spans="1:12">
+      <c r="A49" t="s">
+        <v>524</v>
+      </c>
+      <c r="B49" t="s">
+        <v>525</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="G49" s="6"/>
+      <c r="I49" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J49" t="s">
+        <v>321</v>
+      </c>
+      <c r="K49" s="1"/>
+      <c r="L49" s="6"/>
+    </row>
+    <row r="50" spans="1:12">
+      <c r="A50" t="s">
+        <v>526</v>
+      </c>
+      <c r="B50" t="s">
+        <v>527</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D50" s="6"/>
+      <c r="F50" s="6"/>
+      <c r="G50" s="6"/>
+      <c r="I50" s="1"/>
+      <c r="K50" s="1"/>
+      <c r="L50" s="6"/>
+    </row>
+    <row r="51" spans="1:12">
+      <c r="A51" t="s">
+        <v>528</v>
+      </c>
+      <c r="B51" t="s">
+        <v>529</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6"/>
+      <c r="I51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="6"/>
+    </row>
+    <row r="52" spans="1:12">
+      <c r="A52" t="s">
+        <v>531</v>
+      </c>
+      <c r="B52" t="s">
+        <v>532</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="G52" s="6"/>
+      <c r="I52" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J52" t="s">
+        <v>321</v>
+      </c>
+      <c r="K52" s="1"/>
+      <c r="L52" s="6"/>
+    </row>
+    <row r="53" spans="1:12">
+      <c r="A53" t="s">
+        <v>534</v>
+      </c>
+      <c r="B53" t="s">
+        <v>535</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6"/>
+      <c r="I53" s="1"/>
+      <c r="K53" s="1"/>
+      <c r="L53" s="6"/>
+    </row>
+    <row r="54" spans="1:12">
+      <c r="A54" t="s">
+        <v>536</v>
+      </c>
+      <c r="B54" t="s">
+        <v>537</v>
+      </c>
+      <c r="C54" t="s">
+        <v>467</v>
+      </c>
+      <c r="D54" t="s">
+        <v>400</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="G54" s="6"/>
+      <c r="H54" t="s">
+        <v>540</v>
+      </c>
+      <c r="I54" s="1"/>
+      <c r="K54" s="1"/>
+      <c r="L54" s="6"/>
+    </row>
+    <row r="55" spans="1:12">
+      <c r="A55" t="s">
+        <v>541</v>
+      </c>
+      <c r="B55" t="s">
+        <v>542</v>
+      </c>
+      <c r="C55" t="s">
+        <v>543</v>
+      </c>
+      <c r="D55" t="s">
+        <v>367</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="G55" s="1"/>
+      <c r="I55" s="1">
+        <v>2</v>
+      </c>
+      <c r="J55" t="s">
+        <v>545</v>
+      </c>
+      <c r="K55" s="1"/>
+      <c r="L55" s="1"/>
+    </row>
+    <row r="56" spans="1:12">
+      <c r="A56" t="s">
+        <v>546</v>
+      </c>
+      <c r="B56" t="s">
+        <v>547</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="F56" s="6"/>
+      <c r="G56" s="6"/>
+      <c r="I56" s="1"/>
+      <c r="K56" s="1"/>
+      <c r="L56" s="6"/>
+    </row>
+    <row r="57" spans="1:12">
+      <c r="A57" t="s">
+        <v>549</v>
+      </c>
+      <c r="B57" t="s">
+        <v>550</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6"/>
+      <c r="I57" s="1"/>
+      <c r="K57" s="1"/>
+      <c r="L57" s="6"/>
+    </row>
+    <row r="58" spans="1:12">
+      <c r="A58" t="s">
+        <v>552</v>
+      </c>
+      <c r="B58" t="s">
+        <v>553</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D58" s="6"/>
+      <c r="F58" s="6"/>
+      <c r="G58" s="6"/>
+      <c r="I58" s="1"/>
+      <c r="K58" s="1"/>
+      <c r="L58" s="6"/>
+    </row>
+    <row r="59" spans="1:12">
+      <c r="A59" t="s">
+        <v>554</v>
+      </c>
+      <c r="B59" t="s">
+        <v>555</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6"/>
+      <c r="I59" s="1"/>
+      <c r="K59" s="1"/>
+      <c r="L59" s="6"/>
+    </row>
+    <row r="60" spans="1:12">
+      <c r="A60" t="s">
+        <v>556</v>
+      </c>
+      <c r="B60" t="s">
+        <v>557</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J60" t="s">
+        <v>338</v>
+      </c>
+      <c r="K60" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12">
+      <c r="A61" t="s">
+        <v>560</v>
+      </c>
+      <c r="B61" t="s">
+        <v>561</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J61" t="s">
+        <v>565</v>
+      </c>
+      <c r="K61" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12">
+      <c r="A62" t="s">
+        <v>566</v>
+      </c>
+      <c r="B62" t="s">
+        <v>567</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="F62" s="6"/>
+      <c r="G62" s="6"/>
+      <c r="I62" s="1"/>
+      <c r="K62" s="1"/>
+      <c r="L62" s="6"/>
+    </row>
+    <row r="63" spans="1:12">
+      <c r="A63" t="s">
+        <v>569</v>
+      </c>
+      <c r="B63" t="s">
+        <v>570</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6"/>
+      <c r="I63" s="1"/>
+      <c r="K63" s="1"/>
+      <c r="L63" s="6"/>
+    </row>
+    <row r="64" spans="1:12">
+      <c r="A64" t="s">
+        <v>571</v>
+      </c>
+      <c r="B64" t="s">
+        <v>572</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F64" s="6"/>
+      <c r="G64" s="6"/>
+      <c r="I64" s="1"/>
+      <c r="K64" s="1"/>
+      <c r="L64" s="6"/>
+    </row>
+    <row r="65" spans="1:12">
+      <c r="A65" t="s">
+        <v>573</v>
+      </c>
+      <c r="B65" t="s">
+        <v>574</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="G65" s="6"/>
+      <c r="H65" t="s">
+        <v>575</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J65" t="s">
+        <v>576</v>
+      </c>
+      <c r="K65" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L65" s="6"/>
+    </row>
+    <row r="66" spans="1:12">
+      <c r="A66" t="s">
+        <v>577</v>
+      </c>
+      <c r="B66" t="s">
+        <v>578</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="G66" s="6"/>
+      <c r="I66" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J66" t="s">
+        <v>327</v>
+      </c>
+      <c r="K66" s="1"/>
+      <c r="L66" s="6"/>
+    </row>
+    <row r="67" spans="1:12">
+      <c r="A67" t="s">
+        <v>580</v>
+      </c>
+      <c r="B67" t="s">
+        <v>581</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="H67" t="s">
+        <v>442</v>
+      </c>
+      <c r="I67" s="1"/>
+      <c r="K67" s="1"/>
+      <c r="L67" s="6"/>
+    </row>
+    <row r="68" spans="1:12">
+      <c r="A68" t="s">
+        <v>582</v>
+      </c>
+      <c r="B68" t="s">
+        <v>583</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="J68" t="s">
+        <v>397</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12">
+      <c r="A69" t="s">
+        <v>586</v>
+      </c>
+      <c r="B69" t="s">
+        <v>587</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6"/>
+      <c r="I69" s="1"/>
+      <c r="K69" s="1"/>
+      <c r="L69" s="6"/>
+    </row>
+    <row r="70" spans="1:12">
+      <c r="A70" t="s">
+        <v>590</v>
+      </c>
+      <c r="B70" t="s">
+        <v>591</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J70" t="s">
+        <v>565</v>
+      </c>
+      <c r="K70" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12">
+      <c r="A71" t="s">
+        <v>595</v>
+      </c>
+      <c r="B71" t="s">
+        <v>596</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D71" s="6"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6"/>
+      <c r="I71" s="1"/>
+      <c r="K71" s="1"/>
+      <c r="L71" s="6"/>
+    </row>
+    <row r="72" spans="1:12">
+      <c r="A72" t="s">
+        <v>597</v>
+      </c>
+      <c r="B72" t="s">
+        <v>598</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F72" s="6"/>
+      <c r="G72" s="6"/>
+      <c r="I72" s="1"/>
+      <c r="K72" s="1"/>
+      <c r="L72" s="6"/>
+    </row>
+    <row r="73" spans="1:12">
+      <c r="A73" t="s">
+        <v>599</v>
+      </c>
+      <c r="B73" t="s">
+        <v>600</v>
+      </c>
+      <c r="C73" t="s">
+        <v>390</v>
+      </c>
+      <c r="D73" t="s">
+        <v>367</v>
+      </c>
+      <c r="E73" s="4">
+        <v>43654</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>602</v>
+      </c>
+      <c r="I73" s="1">
+        <v>1</v>
+      </c>
+      <c r="J73" t="s">
+        <v>338</v>
+      </c>
+      <c r="K73" s="1"/>
+      <c r="L73" s="1"/>
+    </row>
+    <row r="74" spans="1:12">
+      <c r="A74" t="s">
+        <v>603</v>
+      </c>
+      <c r="B74" t="s">
+        <v>604</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="H74" t="s">
+        <v>442</v>
+      </c>
+      <c r="I74" s="1"/>
+      <c r="K74" s="1"/>
+      <c r="L74" s="6"/>
+    </row>
+    <row r="75" spans="1:12">
+      <c r="A75" t="s">
+        <v>607</v>
+      </c>
+      <c r="B75" t="s">
+        <v>608</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="G75" s="6"/>
+      <c r="I75" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J75" t="s">
+        <v>325</v>
+      </c>
+      <c r="K75" s="1"/>
+      <c r="L75" s="6"/>
+    </row>
+    <row r="76" spans="1:12">
+      <c r="A76" t="s">
+        <v>609</v>
+      </c>
+      <c r="B76" t="s">
+        <v>610</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="F76" s="6"/>
+      <c r="G76" s="6"/>
+      <c r="I76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="6"/>
+    </row>
+    <row r="77" spans="1:12">
+      <c r="A77" t="s">
+        <v>612</v>
+      </c>
+      <c r="B77" t="s">
+        <v>613</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6"/>
+      <c r="I77" s="1"/>
+      <c r="K77" s="1"/>
+      <c r="L77" s="6"/>
+    </row>
+    <row r="78" spans="1:12">
+      <c r="A78" t="s">
+        <v>614</v>
+      </c>
+      <c r="B78" t="s">
+        <v>615</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="J78" t="s">
+        <v>619</v>
+      </c>
+      <c r="K78" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12">
+      <c r="A79" t="s">
+        <v>620</v>
+      </c>
+      <c r="B79" t="s">
+        <v>621</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J79" t="s">
+        <v>346</v>
+      </c>
+      <c r="K79" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12">
+      <c r="A80" t="s">
+        <v>625</v>
+      </c>
+      <c r="B80" t="s">
+        <v>626</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="G80" s="6"/>
+      <c r="H80" t="s">
+        <v>629</v>
+      </c>
+      <c r="I80" s="1"/>
+      <c r="K80" s="1"/>
+      <c r="L80" s="6"/>
+    </row>
+    <row r="81" spans="1:12">
+      <c r="A81" t="s">
+        <v>630</v>
+      </c>
+      <c r="B81" t="s">
+        <v>631</v>
+      </c>
+      <c r="C81" t="s">
+        <v>632</v>
+      </c>
+      <c r="D81" t="s">
+        <v>367</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="I81" s="1">
+        <v>2</v>
+      </c>
+      <c r="J81" t="s">
+        <v>634</v>
+      </c>
+      <c r="K81" s="1"/>
+      <c r="L81" s="1"/>
+    </row>
+    <row r="82" spans="1:12">
+      <c r="A82" t="s">
+        <v>635</v>
+      </c>
+      <c r="B82" t="s">
+        <v>636</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F82" s="6"/>
+      <c r="G82" s="6"/>
+      <c r="I82" s="1"/>
+      <c r="K82" s="1"/>
+      <c r="L82" s="6"/>
+    </row>
+    <row r="83" spans="1:12">
+      <c r="A83" t="s">
+        <v>637</v>
+      </c>
+      <c r="B83" t="s">
+        <v>638</v>
+      </c>
+      <c r="C83" t="s">
+        <v>467</v>
+      </c>
+      <c r="D83" t="s">
+        <v>400</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="G83" s="6"/>
+      <c r="H83" t="s">
+        <v>540</v>
+      </c>
+      <c r="I83" s="1"/>
+      <c r="K83" s="1"/>
+      <c r="L83" s="6"/>
+    </row>
+    <row r="84" spans="1:12">
+      <c r="A84" t="s">
+        <v>641</v>
+      </c>
+      <c r="B84" t="s">
+        <v>642</v>
+      </c>
+      <c r="C84" t="s">
+        <v>643</v>
+      </c>
+      <c r="D84" t="s">
+        <v>367</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H84" t="s">
+        <v>436</v>
+      </c>
+      <c r="I84" s="1"/>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1"/>
+    </row>
+    <row r="85" spans="1:12">
+      <c r="A85" t="s">
+        <v>646</v>
+      </c>
+      <c r="B85" t="s">
+        <v>647</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>648</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="H85" t="s">
+        <v>436</v>
+      </c>
+      <c r="I85" s="1"/>
+      <c r="K85" s="1"/>
+      <c r="L85" s="6"/>
+    </row>
+    <row r="86" spans="1:12">
+      <c r="A86" t="s">
+        <v>651</v>
+      </c>
+      <c r="B86" t="s">
+        <v>652</v>
+      </c>
+      <c r="C86" t="s">
+        <v>467</v>
+      </c>
+      <c r="D86" t="s">
+        <v>367</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="F86" s="6"/>
+      <c r="G86" s="6"/>
+      <c r="I86" s="1"/>
+      <c r="K86" s="1"/>
+      <c r="L86" s="6"/>
+    </row>
+    <row r="87" spans="1:12">
+      <c r="A87" t="s">
+        <v>653</v>
+      </c>
+      <c r="B87" t="s">
+        <v>654</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J87" t="s">
+        <v>327</v>
+      </c>
+      <c r="K87" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12">
+      <c r="A88" t="s">
+        <v>658</v>
+      </c>
+      <c r="B88" t="s">
+        <v>659</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="F88" s="6"/>
+      <c r="G88" s="6"/>
+      <c r="I88" s="1"/>
+      <c r="K88" s="1"/>
+      <c r="L88" s="6"/>
+    </row>
+    <row r="89" spans="1:12">
+      <c r="A89" t="s">
+        <v>660</v>
+      </c>
+      <c r="B89" t="s">
+        <v>661</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F89" s="6"/>
+      <c r="G89" s="6"/>
+      <c r="I89" s="1"/>
+      <c r="K89" s="1"/>
+      <c r="L89" s="6"/>
+    </row>
+    <row r="90" spans="1:12">
+      <c r="A90" t="s">
+        <v>662</v>
+      </c>
+      <c r="B90" t="s">
+        <v>663</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F90" s="6"/>
+      <c r="G90" s="6"/>
+      <c r="H90" t="s">
+        <v>442</v>
+      </c>
+      <c r="I90" s="1"/>
+      <c r="K90" s="1"/>
+      <c r="L90" s="6"/>
+    </row>
+    <row r="91" spans="1:12">
+      <c r="A91" t="s">
+        <v>664</v>
+      </c>
+      <c r="B91" t="s">
+        <v>665</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G91" s="6"/>
+      <c r="H91" t="s">
+        <v>442</v>
+      </c>
+      <c r="I91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="L91" s="6"/>
+    </row>
+    <row r="92" spans="1:12">
+      <c r="A92" t="s">
+        <v>667</v>
+      </c>
+      <c r="B92" t="s">
+        <v>668</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D92" s="6"/>
+      <c r="F92" s="6"/>
+      <c r="G92" s="6"/>
+      <c r="I92" s="1"/>
+      <c r="K92" s="1"/>
+      <c r="L92" s="6"/>
+    </row>
+    <row r="93" spans="1:12">
+      <c r="A93" t="s">
+        <v>669</v>
+      </c>
+      <c r="B93" t="s">
+        <v>670</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D93" s="6"/>
+      <c r="F93" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="I93" s="1"/>
+      <c r="K93" s="1"/>
+      <c r="L93" s="6"/>
+    </row>
+    <row r="94" spans="1:12">
+      <c r="A94" t="s">
+        <v>671</v>
+      </c>
+      <c r="B94" t="s">
+        <v>672</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J94" t="s">
+        <v>338</v>
+      </c>
+      <c r="K94" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12">
+      <c r="A95" t="s">
+        <v>675</v>
+      </c>
+      <c r="B95" t="s">
+        <v>676</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D95" s="6"/>
+      <c r="F95" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G95" s="6"/>
+      <c r="I95" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J95" t="s">
+        <v>479</v>
+      </c>
+      <c r="K95" s="1"/>
+      <c r="L95" s="6"/>
+    </row>
+    <row r="96" spans="1:12">
+      <c r="A96" t="s">
+        <v>677</v>
+      </c>
+      <c r="B96" t="s">
+        <v>678</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="G96" s="6"/>
+      <c r="I96" s="1"/>
+      <c r="K96" s="1"/>
+      <c r="L96" s="6"/>
+    </row>
+    <row r="97" spans="1:12">
+      <c r="A97" t="s">
+        <v>680</v>
+      </c>
+      <c r="B97" t="s">
+        <v>681</v>
+      </c>
+      <c r="C97" t="s">
+        <v>682</v>
+      </c>
+      <c r="D97" t="s">
+        <v>367</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="G97" s="1"/>
+      <c r="I97" s="1">
+        <v>1</v>
+      </c>
+      <c r="J97" t="s">
+        <v>321</v>
+      </c>
+      <c r="K97" s="1"/>
+      <c r="L97" s="1"/>
+    </row>
+    <row r="98" spans="1:12">
+      <c r="A98" t="s">
+        <v>684</v>
+      </c>
+      <c r="B98" t="s">
+        <v>685</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="G98" s="6"/>
+      <c r="I98" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J98" t="s">
+        <v>324</v>
+      </c>
+      <c r="K98" s="1"/>
+      <c r="L98" s="6"/>
+    </row>
+    <row r="99" spans="1:12">
+      <c r="A99" t="s">
+        <v>687</v>
+      </c>
+      <c r="B99" t="s">
+        <v>688</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G99" s="6"/>
+      <c r="I99" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J99" t="s">
+        <v>321</v>
+      </c>
+      <c r="K99" s="1"/>
+      <c r="L99" s="6"/>
+    </row>
+    <row r="100" spans="1:12">
+      <c r="A100" t="s">
+        <v>689</v>
+      </c>
+      <c r="B100" t="s">
+        <v>690</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D100" s="6"/>
+      <c r="F100" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="G100" s="6"/>
+      <c r="I100" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J100" t="s">
+        <v>334</v>
+      </c>
+      <c r="K100" s="1"/>
+      <c r="L100" s="6"/>
+    </row>
+    <row r="101" spans="1:12">
+      <c r="A101" t="s">
+        <v>692</v>
+      </c>
+      <c r="B101" t="s">
+        <v>693</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D101" s="6"/>
+      <c r="F101" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J101" t="s">
+        <v>694</v>
+      </c>
+      <c r="K101" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12">
+      <c r="A102" t="s">
+        <v>695</v>
+      </c>
+      <c r="B102" t="s">
+        <v>696</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D102" s="6"/>
+      <c r="F102" s="6"/>
+      <c r="G102" s="6"/>
+      <c r="I102" s="1"/>
+      <c r="K102" s="1"/>
+      <c r="L102" s="6"/>
+    </row>
+    <row r="103" spans="1:12">
+      <c r="A103" t="s">
+        <v>697</v>
+      </c>
+      <c r="B103" t="s">
+        <v>698</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>699</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J103" t="s">
+        <v>346</v>
+      </c>
+      <c r="K103" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12">
+      <c r="A104" t="s">
+        <v>701</v>
+      </c>
+      <c r="B104" t="s">
+        <v>702</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F104" s="6"/>
+      <c r="G104" s="6"/>
+      <c r="I104" s="1"/>
+      <c r="K104" s="1"/>
+      <c r="L104" s="6"/>
+    </row>
+    <row r="105" spans="1:12">
+      <c r="A105" t="s">
+        <v>703</v>
+      </c>
+      <c r="B105" t="s">
+        <v>704</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="J105" t="s">
+        <v>705</v>
+      </c>
+      <c r="K105" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12">
+      <c r="A106" t="s">
+        <v>707</v>
+      </c>
+      <c r="B106" t="s">
+        <v>708</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F106" s="6"/>
+      <c r="G106" s="6"/>
+      <c r="I106" s="1"/>
+      <c r="K106" s="1"/>
+      <c r="L106" s="6"/>
+    </row>
+    <row r="107" spans="1:12">
+      <c r="A107" t="s">
+        <v>709</v>
+      </c>
+      <c r="B107" t="s">
+        <v>710</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F107" s="6"/>
+      <c r="G107" s="6"/>
+      <c r="I107" s="1"/>
+      <c r="K107" s="1"/>
+      <c r="L107" s="6"/>
+    </row>
+    <row r="108" spans="1:12">
+      <c r="A108" t="s">
+        <v>711</v>
+      </c>
+      <c r="B108" t="s">
+        <v>712</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G108" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J108" t="s">
+        <v>407</v>
+      </c>
+      <c r="K108" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12">
+      <c r="A109" t="s">
+        <v>714</v>
+      </c>
+      <c r="B109" t="s">
+        <v>715</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J109" t="s">
+        <v>338</v>
+      </c>
+      <c r="K109" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12">
+      <c r="A110" t="s">
+        <v>717</v>
+      </c>
+      <c r="B110" t="s">
+        <v>718</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>719</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="G110" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="H110" t="s">
+        <v>436</v>
+      </c>
+      <c r="I110" s="1"/>
+      <c r="K110" s="1"/>
+      <c r="L110" s="6"/>
+    </row>
+    <row r="111" spans="1:12">
+      <c r="A111" t="s">
+        <v>721</v>
+      </c>
+      <c r="B111" t="s">
+        <v>722</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>723</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="G111" s="6"/>
+      <c r="H111" t="s">
+        <v>436</v>
+      </c>
+      <c r="I111" s="1"/>
+      <c r="K111" s="1"/>
+      <c r="L111" s="6"/>
+    </row>
+    <row r="112" spans="1:12">
+      <c r="A112" t="s">
+        <v>725</v>
+      </c>
+      <c r="B112" t="s">
+        <v>726</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F112" s="8"/>
+      <c r="G112" s="8"/>
+      <c r="H112" t="s">
+        <v>442</v>
+      </c>
+      <c r="I112" s="1"/>
+      <c r="K112" s="1"/>
+      <c r="L112" s="6"/>
+    </row>
+    <row r="113" spans="1:12">
+      <c r="A113" t="s">
+        <v>727</v>
+      </c>
+      <c r="B113" t="s">
+        <v>728</v>
+      </c>
+      <c r="C113" t="s">
+        <v>467</v>
+      </c>
+      <c r="D113" t="s">
+        <v>400</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="G113" s="6"/>
+      <c r="H113" t="s">
+        <v>540</v>
+      </c>
+      <c r="I113" s="1"/>
+      <c r="K113" s="1"/>
+      <c r="L113" s="6"/>
+    </row>
+    <row r="114" spans="1:12">
+      <c r="A114" t="s">
+        <v>731</v>
+      </c>
+      <c r="B114" t="s">
+        <v>732</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>733</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G114" s="6"/>
+      <c r="H114" t="s">
+        <v>734</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J114" t="s">
+        <v>321</v>
+      </c>
+      <c r="K114" s="1"/>
+      <c r="L114" s="6"/>
+    </row>
+    <row r="115" spans="1:12">
+      <c r="A115" t="s">
+        <v>735</v>
+      </c>
+      <c r="B115" t="s">
+        <v>736</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>737</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="G115" s="6"/>
+      <c r="I115" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J115" t="s">
+        <v>320</v>
+      </c>
+      <c r="K115" s="1"/>
+      <c r="L115" s="6"/>
+    </row>
+    <row r="116" spans="1:12">
+      <c r="A116" t="s">
+        <v>739</v>
+      </c>
+      <c r="B116" t="s">
+        <v>740</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D116" s="6"/>
+      <c r="F116" s="6"/>
+      <c r="G116" s="6"/>
+      <c r="I116" s="1"/>
+      <c r="K116" s="1"/>
+      <c r="L116" s="6"/>
+    </row>
+    <row r="117" spans="1:12">
+      <c r="A117" t="s">
+        <v>741</v>
+      </c>
+      <c r="B117" t="s">
+        <v>742</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D117" s="6"/>
+      <c r="F117" s="6"/>
+      <c r="G117" s="6"/>
+      <c r="I117" s="1"/>
+      <c r="K117" s="1"/>
+      <c r="L117" s="6"/>
+    </row>
+    <row r="118" spans="1:12">
+      <c r="A118" t="s">
+        <v>743</v>
+      </c>
+      <c r="B118" t="s">
+        <v>744</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="J118" t="s">
+        <v>316</v>
+      </c>
+      <c r="K118" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12">
+      <c r="A119" t="s">
+        <v>747</v>
+      </c>
+      <c r="B119" t="s">
+        <v>748</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="F119" s="6"/>
+      <c r="G119" s="6"/>
+      <c r="I119" s="1"/>
+      <c r="K119" s="1"/>
+      <c r="L119" s="6"/>
+    </row>
+    <row r="120" spans="1:12">
+      <c r="A120" t="s">
+        <v>750</v>
+      </c>
+      <c r="B120" t="s">
+        <v>751</v>
+      </c>
+      <c r="C120" t="s">
+        <v>467</v>
+      </c>
+      <c r="D120" t="s">
+        <v>367</v>
+      </c>
+      <c r="E120" s="4">
+        <v>45138</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="G120" s="1"/>
+      <c r="H120" t="s">
+        <v>753</v>
+      </c>
+      <c r="I120" s="1"/>
+      <c r="K120" s="1"/>
+      <c r="L120" s="1"/>
+    </row>
+    <row r="121" spans="1:12">
+      <c r="A121" t="s">
+        <v>754</v>
+      </c>
+      <c r="B121" t="s">
+        <v>755</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F121" s="6"/>
+      <c r="G121" s="6"/>
+      <c r="I121" s="1"/>
+      <c r="K121" s="1"/>
+      <c r="L121" s="6"/>
+    </row>
+    <row r="122" spans="1:12">
+      <c r="A122" t="s">
+        <v>756</v>
+      </c>
+      <c r="B122" t="s">
+        <v>757</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F122" s="6"/>
+      <c r="G122" s="6"/>
+      <c r="I122" s="1"/>
+      <c r="K122" s="1"/>
+      <c r="L122" s="6"/>
+    </row>
+    <row r="123" spans="1:12">
+      <c r="A123" t="s">
+        <v>758</v>
+      </c>
+      <c r="B123" t="s">
+        <v>759</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>760</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J123" t="s">
+        <v>346</v>
+      </c>
+      <c r="K123" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12">
+      <c r="A124" t="s">
+        <v>762</v>
+      </c>
+      <c r="B124" t="s">
+        <v>763</v>
+      </c>
+      <c r="C124" t="s">
+        <v>682</v>
+      </c>
+      <c r="D124" t="s">
+        <v>367</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="G124" s="1"/>
+      <c r="I124" s="1">
+        <v>1</v>
+      </c>
+      <c r="J124" t="s">
+        <v>321</v>
+      </c>
+      <c r="K124" s="1"/>
+      <c r="L124" s="1"/>
+    </row>
+    <row r="125" spans="1:12">
+      <c r="A125" t="s">
+        <v>765</v>
+      </c>
+      <c r="B125" t="s">
+        <v>766</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>767</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="H125" t="s">
+        <v>442</v>
+      </c>
+      <c r="I125" s="1"/>
+      <c r="K125" s="1"/>
+      <c r="L125" s="6"/>
+    </row>
+    <row r="126" spans="1:12">
+      <c r="A126" t="s">
+        <v>769</v>
+      </c>
+      <c r="B126" t="s">
+        <v>770</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>771</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="H126" t="s">
+        <v>442</v>
+      </c>
+      <c r="I126" s="1"/>
+      <c r="K126" s="1"/>
+      <c r="L126" s="6"/>
+    </row>
+    <row r="127" spans="1:12">
+      <c r="A127" t="s">
+        <v>772</v>
+      </c>
+      <c r="B127" t="s">
+        <v>773</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F127" s="6"/>
+      <c r="G127" s="6"/>
+      <c r="H127" t="s">
+        <v>442</v>
+      </c>
+      <c r="I127" s="1"/>
+      <c r="K127" s="1"/>
+      <c r="L127" s="6"/>
+    </row>
+    <row r="128" spans="1:12">
+      <c r="A128" t="s">
+        <v>774</v>
+      </c>
+      <c r="B128" t="s">
+        <v>775</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>776</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="H128" t="s">
+        <v>540</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J128" t="s">
+        <v>779</v>
+      </c>
+      <c r="K128" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12">
+      <c r="A129" t="s">
+        <v>780</v>
+      </c>
+      <c r="B129" t="s">
+        <v>781</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D129" s="6"/>
+      <c r="F129" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="I129" s="1"/>
+      <c r="K129" s="1"/>
+      <c r="L129" s="6"/>
+    </row>
+    <row r="130" spans="1:12">
+      <c r="A130" t="s">
+        <v>782</v>
+      </c>
+      <c r="B130" t="s">
+        <v>783</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="I130" s="1"/>
+      <c r="K130" s="1"/>
+      <c r="L130" s="6"/>
+    </row>
+    <row r="131" spans="1:12">
+      <c r="A131" t="s">
+        <v>784</v>
+      </c>
+      <c r="B131" t="s">
+        <v>785</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F131" s="6"/>
+      <c r="G131" s="6"/>
+      <c r="I131" s="1"/>
+      <c r="K131" s="1"/>
+      <c r="L131" s="6"/>
+    </row>
+    <row r="132" spans="1:12">
+      <c r="A132" t="s">
+        <v>786</v>
+      </c>
+      <c r="B132" t="s">
+        <v>787</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F132" s="6"/>
+      <c r="G132" s="6"/>
+      <c r="I132" s="1"/>
+      <c r="K132" s="1"/>
+      <c r="L132" s="6"/>
+    </row>
+    <row r="133" spans="1:12">
+      <c r="A133" t="s">
+        <v>788</v>
+      </c>
+      <c r="B133" t="s">
+        <v>789</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F133" s="6"/>
+      <c r="G133" s="6"/>
+      <c r="I133" s="1"/>
+      <c r="K133" s="1"/>
+      <c r="L133" s="6"/>
+    </row>
+    <row r="134" spans="1:12">
+      <c r="A134" t="s">
+        <v>790</v>
+      </c>
+      <c r="B134" t="s">
+        <v>791</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>792</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="G134" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="I134" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J134" t="s">
+        <v>346</v>
+      </c>
+      <c r="K134" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12">
+      <c r="A135" t="s">
+        <v>795</v>
+      </c>
+      <c r="B135" t="s">
+        <v>796</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F135" s="6"/>
+      <c r="G135" s="6"/>
+      <c r="I135" s="1"/>
+      <c r="K135" s="1"/>
+      <c r="L135" s="6"/>
+    </row>
+    <row r="136" spans="1:12">
+      <c r="A136" t="s">
+        <v>797</v>
+      </c>
+      <c r="B136" t="s">
+        <v>798</v>
+      </c>
+      <c r="C136" t="s">
+        <v>467</v>
+      </c>
+      <c r="D136" t="s">
+        <v>367</v>
+      </c>
+      <c r="E136" s="4">
+        <v>44448</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="G136" s="1"/>
+      <c r="H136" t="s">
+        <v>753</v>
+      </c>
+      <c r="I136" s="1"/>
+      <c r="K136" s="1"/>
+      <c r="L136" s="1"/>
+    </row>
+    <row r="137" spans="1:12">
+      <c r="A137" t="s">
+        <v>800</v>
+      </c>
+      <c r="B137" t="s">
+        <v>801</v>
+      </c>
+      <c r="C137" t="s">
+        <v>467</v>
+      </c>
+      <c r="D137" t="s">
+        <v>367</v>
+      </c>
+      <c r="F137" s="6"/>
+      <c r="G137" s="6"/>
+      <c r="I137" s="1"/>
+      <c r="K137" s="1"/>
+      <c r="L137" s="6"/>
+    </row>
+    <row r="138" spans="1:12">
+      <c r="A138" t="s">
+        <v>802</v>
+      </c>
+      <c r="B138" t="s">
+        <v>803</v>
+      </c>
+      <c r="C138" t="s">
+        <v>804</v>
+      </c>
+      <c r="D138" t="s">
+        <v>367</v>
+      </c>
+      <c r="E138" s="4">
+        <v>44097</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="I138" s="1">
+        <v>1</v>
+      </c>
+      <c r="J138" t="s">
+        <v>338</v>
+      </c>
+      <c r="K138" s="1"/>
+      <c r="L138" s="1"/>
+    </row>
+    <row r="139" spans="1:12">
+      <c r="A139" t="s">
+        <v>807</v>
+      </c>
+      <c r="B139" t="s">
+        <v>808</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>809</v>
+      </c>
+      <c r="F139" s="6"/>
+      <c r="G139" s="6"/>
+      <c r="I139" s="1"/>
+      <c r="K139" s="1"/>
+      <c r="L139" s="6"/>
+    </row>
+    <row r="140" spans="1:12">
+      <c r="A140" t="s">
+        <v>810</v>
+      </c>
+      <c r="B140" t="s">
+        <v>811</v>
+      </c>
+      <c r="C140" t="s">
+        <v>467</v>
+      </c>
+      <c r="D140" t="s">
+        <v>367</v>
+      </c>
+      <c r="F140" s="6"/>
+      <c r="G140" s="6"/>
+      <c r="I140" s="1"/>
+      <c r="K140" s="1"/>
+      <c r="L140" s="6"/>
+    </row>
+    <row r="141" spans="1:12">
+      <c r="A141" t="s">
+        <v>812</v>
+      </c>
+      <c r="B141" t="s">
+        <v>813</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>814</v>
+      </c>
+      <c r="F141" s="6"/>
+      <c r="G141" s="6"/>
+      <c r="I141" s="1"/>
+      <c r="K141" s="1"/>
+      <c r="L141" s="6"/>
+    </row>
+    <row r="142" spans="1:12">
+      <c r="A142" t="s">
+        <v>815</v>
+      </c>
+      <c r="B142" t="s">
+        <v>816</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F142" s="6"/>
+      <c r="G142" s="6"/>
+      <c r="I142" s="1"/>
+      <c r="K142" s="1"/>
+      <c r="L142" s="6"/>
+    </row>
+    <row r="143" spans="1:12">
+      <c r="A143" t="s">
+        <v>817</v>
+      </c>
+      <c r="B143" t="s">
+        <v>818</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>819</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="G143" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="I143" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="J143" t="s">
+        <v>316</v>
+      </c>
+      <c r="K143" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12">
+      <c r="A144" t="s">
+        <v>822</v>
+      </c>
+      <c r="B144" t="s">
+        <v>823</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F144" s="6"/>
+      <c r="G144" s="6"/>
+      <c r="I144" s="1"/>
+      <c r="K144" s="1"/>
+      <c r="L144" s="6"/>
+    </row>
+    <row r="145" spans="1:12">
+      <c r="A145" t="s">
+        <v>824</v>
+      </c>
+      <c r="B145" t="s">
+        <v>825</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F145" s="6"/>
+      <c r="G145" s="6"/>
+      <c r="I145" s="1"/>
+      <c r="K145" s="1"/>
+      <c r="L145" s="6"/>
+    </row>
+    <row r="146" spans="1:12">
+      <c r="A146" t="s">
+        <v>826</v>
+      </c>
+      <c r="B146" t="s">
+        <v>827</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G146" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J146" t="s">
+        <v>321</v>
+      </c>
+      <c r="K146" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L146" s="6" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12">
+      <c r="A147" t="s">
+        <v>829</v>
+      </c>
+      <c r="B147" t="s">
+        <v>830</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E147" s="4" t="s">
+        <v>831</v>
+      </c>
+      <c r="F147" s="6"/>
+      <c r="G147" s="6"/>
+      <c r="I147" s="1"/>
+      <c r="K147" s="1"/>
+      <c r="L147" s="6"/>
+    </row>
+    <row r="148" spans="1:12">
+      <c r="A148" t="s">
+        <v>832</v>
+      </c>
+      <c r="B148" t="s">
+        <v>833</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="G148" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J148" t="s">
+        <v>316</v>
+      </c>
+      <c r="K148" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L148" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12">
+      <c r="A149" t="s">
+        <v>836</v>
+      </c>
+      <c r="B149" t="s">
+        <v>837</v>
+      </c>
+      <c r="C149" t="s">
+        <v>632</v>
+      </c>
+      <c r="D149" t="s">
+        <v>367</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="G149" s="6"/>
+      <c r="H149" t="s">
+        <v>839</v>
+      </c>
+      <c r="I149" s="1"/>
+      <c r="K149" s="1"/>
+      <c r="L149" s="6"/>
+    </row>
+    <row r="150" spans="1:12">
+      <c r="A150" t="s">
+        <v>840</v>
+      </c>
+      <c r="B150" t="s">
+        <v>841</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E150" s="4" t="s">
+        <v>842</v>
+      </c>
+      <c r="F150" s="6"/>
+      <c r="G150" s="6"/>
+      <c r="I150" s="1"/>
+      <c r="K150" s="1"/>
+      <c r="L150" s="6"/>
+    </row>
+    <row r="151" spans="1:12">
+      <c r="A151" t="s">
+        <v>843</v>
+      </c>
+      <c r="B151" t="s">
+        <v>844</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F151" s="6"/>
+      <c r="G151" s="6"/>
+      <c r="I151" s="1"/>
+      <c r="K151" s="1"/>
+      <c r="L151" s="6"/>
+    </row>
+    <row r="152" spans="1:12">
+      <c r="A152" t="s">
+        <v>845</v>
+      </c>
+      <c r="B152" t="s">
+        <v>846</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D152" s="6"/>
+      <c r="F152" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="G152" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J152" t="s">
+        <v>322</v>
+      </c>
+      <c r="K152" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12">
+      <c r="A153" t="s">
+        <v>849</v>
+      </c>
+      <c r="B153" t="s">
+        <v>850</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E153" s="4" t="s">
+        <v>851</v>
+      </c>
+      <c r="F153" s="6"/>
+      <c r="G153" s="6"/>
+      <c r="I153" s="1"/>
+      <c r="K153" s="1"/>
+      <c r="L153" s="6"/>
+    </row>
+    <row r="154" spans="1:12">
+      <c r="A154" t="s">
+        <v>852</v>
+      </c>
+      <c r="B154" t="s">
+        <v>853</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="F154" s="6"/>
+      <c r="G154" s="6"/>
+      <c r="I154" s="1"/>
+      <c r="K154" s="1"/>
+      <c r="L154" s="6"/>
+    </row>
+    <row r="155" spans="1:12">
+      <c r="A155" t="s">
+        <v>855</v>
+      </c>
+      <c r="B155" t="s">
+        <v>856</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="G155" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J155" t="s">
+        <v>321</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12">
+      <c r="A156" t="s">
+        <v>857</v>
+      </c>
+      <c r="B156" t="s">
+        <v>858</v>
+      </c>
+      <c r="C156" t="s">
+        <v>467</v>
+      </c>
+      <c r="D156" t="s">
+        <v>367</v>
+      </c>
+      <c r="F156" s="6"/>
+      <c r="G156" s="6"/>
+      <c r="I156" s="1"/>
+      <c r="K156" s="1"/>
+      <c r="L156" s="6"/>
+    </row>
+    <row r="157" spans="1:12">
+      <c r="A157" t="s">
+        <v>859</v>
+      </c>
+      <c r="B157" t="s">
+        <v>860</v>
+      </c>
+      <c r="C157" t="s">
+        <v>467</v>
+      </c>
+      <c r="D157" t="s">
+        <v>367</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="G157" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J157" t="s">
+        <v>322</v>
+      </c>
+      <c r="K157" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12">
+      <c r="A158" t="s">
+        <v>862</v>
+      </c>
+      <c r="B158" t="s">
+        <v>863</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="F158" s="6"/>
+      <c r="G158" s="6"/>
+      <c r="I158" s="1"/>
+      <c r="K158" s="1"/>
+      <c r="L158" s="6"/>
+    </row>
+    <row r="159" spans="1:12">
+      <c r="A159" t="s">
+        <v>865</v>
+      </c>
+      <c r="B159" t="s">
+        <v>866</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E159" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="F159" s="6"/>
+      <c r="G159" s="6"/>
+      <c r="I159" s="1"/>
+      <c r="K159" s="1"/>
+      <c r="L159" s="6"/>
+    </row>
+    <row r="160" spans="1:12">
+      <c r="A160" t="s">
+        <v>867</v>
+      </c>
+      <c r="B160" t="s">
+        <v>868</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F160" s="6"/>
+      <c r="G160" s="6"/>
+      <c r="I160" s="1"/>
+      <c r="K160" s="1"/>
+      <c r="L160" s="6"/>
+    </row>
+    <row r="161" spans="1:12">
+      <c r="A161" t="s">
+        <v>869</v>
+      </c>
+      <c r="B161" t="s">
+        <v>870</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F161" s="6"/>
+      <c r="G161" s="6"/>
+      <c r="I161" s="1"/>
+      <c r="K161" s="1"/>
+      <c r="L161" s="6"/>
+    </row>
+    <row r="162" spans="1:12">
+      <c r="A162" t="s">
+        <v>871</v>
+      </c>
+      <c r="B162" t="s">
+        <v>872</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F162" s="6"/>
+      <c r="G162" s="6"/>
+      <c r="I162" s="1"/>
+      <c r="K162" s="1"/>
+      <c r="L162" s="6"/>
+    </row>
+    <row r="163" spans="1:12">
+      <c r="A163" t="s">
+        <v>873</v>
+      </c>
+      <c r="B163" t="s">
+        <v>874</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D163" s="6"/>
+      <c r="F163" s="6"/>
+      <c r="G163" s="6"/>
+      <c r="I163" s="1"/>
+      <c r="K163" s="1"/>
+      <c r="L163" s="6"/>
+    </row>
+    <row r="164" spans="1:12">
+      <c r="A164" t="s">
+        <v>875</v>
+      </c>
+      <c r="B164" t="s">
+        <v>876</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="G164" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="I164" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J164" t="s">
+        <v>320</v>
+      </c>
+      <c r="K164" s="1"/>
+      <c r="L164" s="6"/>
+    </row>
+    <row r="165" spans="1:12">
+      <c r="A165" t="s">
+        <v>878</v>
+      </c>
+      <c r="B165" t="s">
+        <v>879</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="G165" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="I165" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="J165" t="s">
+        <v>346</v>
+      </c>
+      <c r="K165" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L165" s="6" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12">
+      <c r="A166" t="s">
+        <v>882</v>
+      </c>
+      <c r="B166" t="s">
+        <v>883</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F166" s="6"/>
+      <c r="G166" s="6"/>
+      <c r="H166" t="s">
+        <v>436</v>
+      </c>
+      <c r="I166" s="1"/>
+      <c r="K166" s="1"/>
+      <c r="L166" s="6"/>
+    </row>
+    <row r="167" spans="1:12">
+      <c r="A167" t="s">
+        <v>884</v>
+      </c>
+      <c r="B167" t="s">
+        <v>885</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="G167" s="6" t="s">
+        <v>887</v>
+      </c>
+      <c r="H167" t="s">
+        <v>436</v>
+      </c>
+      <c r="I167" s="1"/>
+      <c r="K167" s="1"/>
+      <c r="L167" s="6"/>
+    </row>
+    <row r="168" spans="1:12">
+      <c r="A168" t="s">
+        <v>888</v>
+      </c>
+      <c r="B168" t="s">
+        <v>889</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F168" s="6"/>
+      <c r="G168" s="6"/>
+      <c r="H168" t="s">
+        <v>436</v>
+      </c>
+      <c r="I168" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J168" t="s">
+        <v>325</v>
+      </c>
+      <c r="K168" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L168" s="6" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12">
+      <c r="A169" t="s">
+        <v>890</v>
+      </c>
+      <c r="B169" t="s">
+        <v>891</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="I169" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J169" t="s">
+        <v>338</v>
+      </c>
+      <c r="K169" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L169" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12">
+      <c r="A170" t="s">
+        <v>893</v>
+      </c>
+      <c r="B170" t="s">
+        <v>894</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="H170" t="s">
+        <v>895</v>
+      </c>
+      <c r="I170" s="1"/>
+      <c r="K170" s="1"/>
+      <c r="L170" s="6"/>
+    </row>
+    <row r="171" spans="1:12">
+      <c r="A171" t="s">
+        <v>896</v>
+      </c>
+      <c r="B171" t="s">
+        <v>897</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G171" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="H171" t="s">
+        <v>442</v>
+      </c>
+      <c r="I171" s="1"/>
+      <c r="K171" s="1"/>
+      <c r="L171" s="6"/>
+    </row>
+    <row r="172" spans="1:12">
+      <c r="A172" t="s">
+        <v>898</v>
+      </c>
+      <c r="B172" t="s">
+        <v>899</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="G172" s="6"/>
+      <c r="I172" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J172" t="s">
+        <v>320</v>
+      </c>
+      <c r="K172" s="1"/>
+      <c r="L172" s="6"/>
+    </row>
+    <row r="173" spans="1:12">
+      <c r="A173" t="s">
+        <v>901</v>
+      </c>
+      <c r="B173" t="s">
+        <v>902</v>
+      </c>
+      <c r="C173" t="s">
+        <v>903</v>
+      </c>
+      <c r="D173" t="s">
+        <v>367</v>
+      </c>
+      <c r="F173" s="1">
+        <v>1</v>
+      </c>
+      <c r="G173" s="1"/>
+      <c r="I173" s="1">
+        <v>3</v>
+      </c>
+      <c r="J173" t="s">
+        <v>904</v>
+      </c>
+      <c r="K173" s="1"/>
+      <c r="L173" s="1"/>
+    </row>
+    <row r="174" spans="1:12">
+      <c r="A174" t="s">
+        <v>905</v>
+      </c>
+      <c r="B174" t="s">
+        <v>906</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D174" s="6"/>
+      <c r="F174" s="6"/>
+      <c r="G174" s="6"/>
+      <c r="I174" s="1"/>
+      <c r="K174" s="1"/>
+      <c r="L174" s="6"/>
+    </row>
+    <row r="175" spans="1:12">
+      <c r="A175" t="s">
+        <v>907</v>
+      </c>
+      <c r="B175" t="s">
+        <v>908</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D175" s="6"/>
+      <c r="F175" s="6"/>
+      <c r="G175" s="6"/>
+      <c r="I175" s="1"/>
+      <c r="K175" s="1"/>
+      <c r="L175" s="6"/>
+    </row>
+    <row r="176" spans="1:12">
+      <c r="A176" t="s">
+        <v>909</v>
+      </c>
+      <c r="B176" t="s">
+        <v>910</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="D176" s="6"/>
+      <c r="F176" s="6"/>
+      <c r="G176" s="6"/>
+      <c r="I176" s="1"/>
+      <c r="K176" s="1"/>
+      <c r="L176" s="6"/>
+    </row>
+    <row r="177" spans="1:12">
+      <c r="A177" t="s">
+        <v>912</v>
+      </c>
+      <c r="B177" t="s">
+        <v>913</v>
+      </c>
+      <c r="C177" t="s">
+        <v>467</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>914</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="G177" s="6"/>
+      <c r="H177" t="s">
+        <v>915</v>
+      </c>
+      <c r="I177" s="1"/>
+      <c r="K177" s="1"/>
+      <c r="L177" s="6"/>
+    </row>
+    <row r="178" spans="1:12">
+      <c r="A178" t="s">
+        <v>916</v>
+      </c>
+      <c r="B178" t="s">
+        <v>917</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E178" s="4" t="s">
+        <v>918</v>
+      </c>
+      <c r="F178" s="6"/>
+      <c r="G178" s="6"/>
+      <c r="I178" s="1"/>
+      <c r="K178" s="1"/>
+      <c r="L178" s="6"/>
+    </row>
+    <row r="179" spans="1:12">
+      <c r="A179" t="s">
+        <v>919</v>
+      </c>
+      <c r="B179" t="s">
+        <v>920</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E179" s="4" t="s">
+        <v>921</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="H179" t="s">
+        <v>629</v>
+      </c>
+      <c r="I179" s="1"/>
+      <c r="K179" s="1"/>
+      <c r="L179" s="6"/>
+    </row>
+    <row r="180" spans="1:12">
+      <c r="A180" t="s">
+        <v>922</v>
+      </c>
+      <c r="B180" t="s">
+        <v>923</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F180" s="6"/>
+      <c r="G180" s="6"/>
+      <c r="I180" s="1"/>
+      <c r="K180" s="1"/>
+      <c r="L180" s="6"/>
+    </row>
+    <row r="181" spans="1:12">
+      <c r="A181" t="s">
+        <v>924</v>
+      </c>
+      <c r="B181" t="s">
+        <v>925</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D181" s="6"/>
+      <c r="F181" s="6"/>
+      <c r="G181" s="6"/>
+      <c r="I181" s="1"/>
+      <c r="K181" s="1"/>
+      <c r="L181" s="6"/>
+    </row>
+    <row r="182" spans="1:12">
+      <c r="A182" t="s">
+        <v>926</v>
+      </c>
+      <c r="B182" t="s">
+        <v>927</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="F182" s="6"/>
+      <c r="G182" s="6"/>
+      <c r="I182" s="1"/>
+      <c r="K182" s="1"/>
+      <c r="L182" s="6"/>
+    </row>
+    <row r="183" spans="1:12">
+      <c r="A183" t="s">
+        <v>929</v>
+      </c>
+      <c r="B183" t="s">
+        <v>930</v>
+      </c>
+      <c r="C183" t="s">
+        <v>467</v>
+      </c>
+      <c r="D183" t="s">
+        <v>367</v>
+      </c>
+      <c r="E183" s="4" t="s">
+        <v>931</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="G183" s="6"/>
+      <c r="H183" t="s">
+        <v>915</v>
+      </c>
+      <c r="I183" s="1"/>
+      <c r="K183" s="1"/>
+      <c r="L183" s="6"/>
+    </row>
+    <row r="184" spans="1:12">
+      <c r="A184" t="s">
+        <v>933</v>
+      </c>
+      <c r="B184" t="s">
+        <v>934</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E184" s="4" t="s">
+        <v>935</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="G184" s="6"/>
+      <c r="I184" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J184" t="s">
+        <v>327</v>
+      </c>
+      <c r="K184" s="1"/>
+      <c r="L184" s="6"/>
+    </row>
+    <row r="185" spans="1:12">
+      <c r="A185" t="s">
+        <v>937</v>
+      </c>
+      <c r="B185" t="s">
+        <v>938</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D185" s="6"/>
+      <c r="F185" s="6"/>
+      <c r="G185" s="6"/>
+      <c r="I185" s="1"/>
+      <c r="K185" s="1"/>
+      <c r="L185" s="6"/>
+    </row>
+    <row r="186" spans="1:12">
+      <c r="A186" t="s">
+        <v>939</v>
+      </c>
+      <c r="B186" t="s">
+        <v>940</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D186" s="6"/>
+      <c r="F186" s="6"/>
+      <c r="G186" s="6"/>
+      <c r="H186" t="s">
+        <v>442</v>
+      </c>
+      <c r="I186" s="1"/>
+      <c r="K186" s="1"/>
+      <c r="L186" s="6"/>
+    </row>
+    <row r="187" spans="1:12">
+      <c r="A187" t="s">
+        <v>941</v>
+      </c>
+      <c r="B187" t="s">
+        <v>942</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E187" s="4" t="s">
+        <v>943</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="G187" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="H187" t="s">
+        <v>442</v>
+      </c>
+      <c r="I187" s="1"/>
+      <c r="K187" s="1"/>
+      <c r="L187" s="6"/>
+    </row>
+    <row r="188" spans="1:12">
+      <c r="A188" t="s">
+        <v>944</v>
+      </c>
+      <c r="B188" t="s">
+        <v>945</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="F188" s="6"/>
+      <c r="G188" s="6"/>
+      <c r="I188" s="1"/>
+      <c r="K188" s="1"/>
+      <c r="L188" s="6"/>
+    </row>
+    <row r="189" spans="1:12">
+      <c r="A189" t="s">
+        <v>947</v>
+      </c>
+      <c r="B189" t="s">
+        <v>948</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E189" s="4" t="s">
+        <v>914</v>
+      </c>
+      <c r="F189" s="6"/>
+      <c r="G189" s="6"/>
+      <c r="I189" s="1"/>
+      <c r="K189" s="1"/>
+      <c r="L189" s="6"/>
+    </row>
+    <row r="190" spans="1:12">
+      <c r="A190" t="s">
+        <v>949</v>
+      </c>
+      <c r="B190" t="s">
+        <v>950</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>951</v>
+      </c>
+      <c r="F190" s="6"/>
+      <c r="G190" s="6"/>
+      <c r="I190" s="1"/>
+      <c r="K190" s="1"/>
+      <c r="L190" s="6"/>
+    </row>
+    <row r="191" spans="1:12">
+      <c r="A191" t="s">
+        <v>952</v>
+      </c>
+      <c r="B191" t="s">
+        <v>953</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E191" s="4" t="s">
+        <v>954</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="G191" s="6" t="s">
+        <v>955</v>
+      </c>
+      <c r="I191" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="J191" t="s">
+        <v>324</v>
+      </c>
+      <c r="K191" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="L191" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12">
+      <c r="A192" t="s">
+        <v>956</v>
+      </c>
+      <c r="B192" t="s">
+        <v>957</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E192" s="4" t="s">
+        <v>958</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="G192" s="6" t="s">
+        <v>960</v>
+      </c>
+      <c r="I192" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="J192" t="s">
+        <v>316</v>
+      </c>
+      <c r="K192" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L192" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12">
+      <c r="A193" t="s">
+        <v>961</v>
+      </c>
+      <c r="B193" t="s">
+        <v>962</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E193" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="F193" s="6"/>
+      <c r="G193" s="6"/>
+      <c r="I193" s="1"/>
+      <c r="K193" s="1"/>
+      <c r="L193" s="6"/>
+    </row>
+    <row r="194" spans="1:12">
+      <c r="A194" t="s">
+        <v>963</v>
+      </c>
+      <c r="B194" t="s">
+        <v>964</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E194" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="G194" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="J194" t="s">
+        <v>324</v>
+      </c>
+      <c r="K194" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="L194" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12">
+      <c r="A195" t="s">
+        <v>966</v>
+      </c>
+      <c r="B195" t="s">
+        <v>967</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E195" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G195" s="6"/>
+      <c r="I195" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J195" t="s">
+        <v>320</v>
+      </c>
+      <c r="K195" s="1"/>
+      <c r="L195" s="6"/>
+    </row>
+    <row r="196" spans="1:12">
+      <c r="A196" t="s">
+        <v>968</v>
+      </c>
+      <c r="B196" t="s">
+        <v>969</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E196" s="4" t="s">
+        <v>970</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G196" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="I196" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J196" t="s">
+        <v>972</v>
+      </c>
+      <c r="K196" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L196" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12">
+      <c r="A197" t="s">
+        <v>973</v>
+      </c>
+      <c r="B197" t="s">
+        <v>974</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E197" s="4" t="s">
+        <v>975</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G197" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="I197" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J197" t="s">
+        <v>320</v>
+      </c>
+      <c r="K197" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L197" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12">
+      <c r="A198" t="s">
+        <v>977</v>
+      </c>
+      <c r="B198" t="s">
+        <v>978</v>
+      </c>
+      <c r="C198" t="s">
+        <v>467</v>
+      </c>
+      <c r="D198" t="s">
+        <v>400</v>
+      </c>
+      <c r="E198" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="G198" s="6"/>
+      <c r="H198" t="s">
+        <v>540</v>
+      </c>
+      <c r="I198" s="1"/>
+      <c r="K198" s="1"/>
+      <c r="L198" s="6"/>
+    </row>
+    <row r="199" spans="1:12">
+      <c r="A199" t="s">
+        <v>981</v>
+      </c>
+      <c r="B199" t="s">
+        <v>982</v>
+      </c>
+      <c r="C199" t="s">
+        <v>983</v>
+      </c>
+      <c r="D199" t="s">
+        <v>367</v>
+      </c>
+      <c r="E199" s="4">
+        <v>45657</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="G199" s="1"/>
+      <c r="H199" t="s">
+        <v>985</v>
+      </c>
+      <c r="I199" s="1"/>
+      <c r="K199" s="1"/>
+      <c r="L199" s="1"/>
+    </row>
+    <row r="200" spans="1:12">
+      <c r="A200" t="s">
+        <v>986</v>
+      </c>
+      <c r="B200" t="s">
+        <v>987</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E200" s="4" t="s">
+        <v>988</v>
+      </c>
+      <c r="F200" s="6"/>
+      <c r="G200" s="6"/>
+      <c r="I200" s="1"/>
+      <c r="K200" s="1"/>
+      <c r="L200" s="6"/>
+    </row>
+    <row r="201" spans="1:12">
+      <c r="A201" t="s">
+        <v>989</v>
+      </c>
+      <c r="B201" t="s">
+        <v>990</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E201" s="4" t="s">
+        <v>991</v>
+      </c>
+      <c r="F201" s="6"/>
+      <c r="G201" s="6"/>
+      <c r="I201" s="1"/>
+      <c r="K201" s="1"/>
+      <c r="L201" s="6"/>
+    </row>
+    <row r="202" spans="1:12">
+      <c r="A202" t="s">
+        <v>992</v>
+      </c>
+      <c r="B202" t="s">
+        <v>993</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>809</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="G202" s="6"/>
+      <c r="I202" s="1"/>
+      <c r="K202" s="1"/>
+      <c r="L202" s="6"/>
+    </row>
+    <row r="203" spans="1:12">
+      <c r="A203" t="s">
+        <v>996</v>
+      </c>
+      <c r="B203" t="s">
+        <v>997</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E203" s="4" t="s">
+        <v>998</v>
+      </c>
+      <c r="F203" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="G203" s="6"/>
+      <c r="I203" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J203" t="s">
+        <v>326</v>
+      </c>
+      <c r="K203" s="1"/>
+      <c r="L203" s="6"/>
+    </row>
+    <row r="204" spans="1:12">
+      <c r="A204" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E204" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G204" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="I204" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J204" t="s">
+        <v>327</v>
+      </c>
+      <c r="K204" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12">
+      <c r="A205" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C205" t="s">
+        <v>467</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E205" s="4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G205" s="6"/>
+      <c r="H205" t="s">
+        <v>915</v>
+      </c>
+      <c r="I205" s="1"/>
+      <c r="K205" s="1"/>
+      <c r="L205" s="6"/>
+    </row>
+    <row r="206" spans="1:12">
+      <c r="A206" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C206" t="s">
+        <v>390</v>
+      </c>
+      <c r="D206" t="s">
+        <v>367</v>
+      </c>
+      <c r="F206" s="7" t="s">
+        <v>1010</v>
+      </c>
+      <c r="G206" s="1"/>
+      <c r="I206" s="1">
+        <v>2</v>
+      </c>
+      <c r="J206" t="s">
+        <v>338</v>
+      </c>
+      <c r="K206" s="1"/>
+      <c r="L206" s="1"/>
+    </row>
+    <row r="207" spans="1:12">
+      <c r="A207" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E207" s="4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G207" s="6"/>
+      <c r="I207" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K207" s="1"/>
+      <c r="L207" s="6"/>
+    </row>
+    <row r="208" spans="1:12">
+      <c r="A208" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F208" s="6"/>
+      <c r="G208" s="6"/>
+      <c r="I208" s="1"/>
+      <c r="K208" s="1"/>
+      <c r="L208" s="6"/>
+    </row>
+    <row r="209" spans="1:12">
+      <c r="A209" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E209" s="4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="G209" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H209" t="s">
+        <v>629</v>
+      </c>
+      <c r="I209" s="1"/>
+      <c r="K209" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12">
+      <c r="A210" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E210" s="4" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F210" s="6"/>
+      <c r="G210" s="6"/>
+      <c r="I210" s="1"/>
+      <c r="K210" s="1"/>
+      <c r="L210" s="6"/>
+    </row>
+    <row r="211" spans="1:12">
+      <c r="A211" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F211" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="G211" s="6"/>
+      <c r="I211" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J211" t="s">
+        <v>317</v>
+      </c>
+      <c r="K211" s="1"/>
+      <c r="L211" s="6"/>
+    </row>
+    <row r="212" spans="1:12">
+      <c r="A212" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E212" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G212" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="I212" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J212" t="s">
+        <v>334</v>
+      </c>
+      <c r="K212" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="L212" s="6" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12">
+      <c r="A213" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E213" s="4" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F213" s="6"/>
+      <c r="G213" s="6"/>
+      <c r="I213" s="1"/>
+      <c r="K213" s="1"/>
+      <c r="L213" s="6"/>
+    </row>
+    <row r="214" spans="1:12">
+      <c r="A214" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E214" s="4" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G214" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I214" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="J214" t="s">
+        <v>318</v>
+      </c>
+      <c r="K214" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L214" s="6" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12">
+      <c r="A215" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E215" s="4" t="s">
+        <v>809</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G215" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="I215" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J215" t="s">
+        <v>338</v>
+      </c>
+      <c r="K215" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L215" s="6" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12">
+      <c r="A216" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C216" t="s">
+        <v>682</v>
+      </c>
+      <c r="D216" t="s">
+        <v>367</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I216" s="1">
+        <v>5</v>
+      </c>
+      <c r="J216" t="s">
+        <v>338</v>
+      </c>
+      <c r="K216" s="1"/>
+      <c r="L216" s="1"/>
+    </row>
+    <row r="217" spans="1:12">
+      <c r="A217" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F217" s="6"/>
+      <c r="G217" s="6"/>
+      <c r="I217" s="1"/>
+      <c r="K217" s="1"/>
+      <c r="L217" s="6"/>
+    </row>
+    <row r="218" spans="1:12">
+      <c r="A218" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E218" s="4" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F218" s="6"/>
+      <c r="G218" s="6"/>
+      <c r="I218" s="1"/>
+      <c r="K218" s="1"/>
+      <c r="L218" s="6"/>
+    </row>
+    <row r="219" spans="1:12">
+      <c r="A219" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C219" t="s">
+        <v>390</v>
+      </c>
+      <c r="D219" t="s">
+        <v>367</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I219" s="1">
+        <v>1</v>
+      </c>
+      <c r="J219" t="s">
+        <v>321</v>
+      </c>
+      <c r="K219" s="1"/>
+      <c r="L219" s="1"/>
+    </row>
+    <row r="220" spans="1:12">
+      <c r="A220" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C220" t="s">
+        <v>467</v>
+      </c>
+      <c r="D220" t="s">
+        <v>367</v>
+      </c>
+      <c r="E220" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="F220" s="6"/>
+      <c r="G220" s="6"/>
+      <c r="I220" s="1"/>
+      <c r="K220" s="1"/>
+      <c r="L220" s="6"/>
+    </row>
+    <row r="221" spans="1:12">
+      <c r="A221" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D221" s="6"/>
+      <c r="F221" s="6"/>
+      <c r="G221" s="6"/>
+      <c r="I221" s="1"/>
+      <c r="K221" s="1"/>
+      <c r="L221" s="6"/>
+    </row>
+    <row r="222" spans="1:12">
+      <c r="A222" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F222" s="6"/>
+      <c r="G222" s="6"/>
+      <c r="I222" s="1"/>
+      <c r="K222" s="1"/>
+      <c r="L222" s="6"/>
+    </row>
+    <row r="223" spans="1:12">
+      <c r="A223" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E223" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F223" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G223" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H223" t="s">
+        <v>428</v>
+      </c>
+      <c r="I223" s="1"/>
+      <c r="K223" s="1"/>
+      <c r="L223" s="6"/>
+    </row>
+    <row r="224" spans="1:12">
+      <c r="A224" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D224" s="6"/>
+      <c r="F224" s="6"/>
+      <c r="G224" s="6"/>
+      <c r="I224" s="1"/>
+      <c r="K224" s="1"/>
+      <c r="L224" s="6"/>
+    </row>
+    <row r="225" spans="1:12">
+      <c r="A225" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F225" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="G225" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="H225" t="s">
+        <v>436</v>
+      </c>
+      <c r="I225" s="1"/>
+      <c r="K225" s="1"/>
+      <c r="L225" s="6"/>
+    </row>
+    <row r="226" spans="1:12">
+      <c r="A226" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F226" s="6"/>
+      <c r="G226" s="6"/>
+      <c r="I226" s="1"/>
+      <c r="K226" s="1"/>
+      <c r="L226" s="6"/>
+    </row>
+    <row r="227" spans="1:12">
+      <c r="A227" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D227" t="s">
+        <v>367</v>
+      </c>
+      <c r="F227" s="7" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G227" s="1"/>
+      <c r="I227" s="1">
+        <v>1</v>
+      </c>
+      <c r="J227" t="s">
+        <v>325</v>
+      </c>
+      <c r="K227" s="1"/>
+      <c r="L227" s="1"/>
+    </row>
+    <row r="228" spans="1:12">
+      <c r="A228" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D228" s="6"/>
+      <c r="F228" s="6"/>
+      <c r="G228" s="6"/>
+      <c r="I228" s="1"/>
+      <c r="K228" s="1"/>
+      <c r="L228" s="6"/>
+    </row>
+    <row r="229" spans="1:12">
+      <c r="A229" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C229" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E229" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F229" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="G229" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="I229" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="J229" t="s">
+        <v>316</v>
+      </c>
+      <c r="K229" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="L229" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12">
+      <c r="A230" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C230" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E230" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="F230" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G230" s="6"/>
+      <c r="H230" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I230" s="1"/>
+      <c r="K230" s="1"/>
+      <c r="L230" s="6"/>
+    </row>
+    <row r="231" spans="1:12">
+      <c r="A231" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D231" s="6"/>
+      <c r="F231" s="6"/>
+      <c r="G231" s="6"/>
+      <c r="H231" t="s">
+        <v>436</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J231" t="s">
+        <v>325</v>
+      </c>
+      <c r="K231" s="1"/>
+      <c r="L231" s="6"/>
+    </row>
+    <row r="232" spans="1:12">
+      <c r="A232" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C232" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D232" s="6"/>
+      <c r="F232" s="6"/>
+      <c r="G232" s="6"/>
+      <c r="H232" t="s">
+        <v>436</v>
+      </c>
+      <c r="I232" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J232" t="s">
+        <v>325</v>
+      </c>
+      <c r="K232" s="1"/>
+      <c r="L232" s="6"/>
+    </row>
+    <row r="233" spans="1:12">
+      <c r="A233" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E233" s="4" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="G233" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I233" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K233" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L233" s="6" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12">
+      <c r="A234" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E234" s="4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="G234" s="6"/>
+      <c r="I234" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J234" t="s">
+        <v>320</v>
+      </c>
+      <c r="K234" s="1"/>
+      <c r="L234" s="6"/>
+    </row>
+    <row r="235" spans="1:12">
+      <c r="A235" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D235" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E235" s="4" t="s">
+        <v>737</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G235" s="6"/>
+      <c r="H235" t="s">
+        <v>753</v>
+      </c>
+      <c r="I235" s="1"/>
+      <c r="K235" s="1"/>
+      <c r="L235" s="6"/>
+    </row>
+    <row r="236" spans="1:12">
+      <c r="A236" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E236" s="4" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F236" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="G236" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="I236" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="J236" t="s">
+        <v>327</v>
+      </c>
+      <c r="K236" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L236" s="6" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12">
+      <c r="A237" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D237" t="s">
+        <v>367</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G237" s="1">
+        <v>1</v>
+      </c>
+      <c r="H237" t="s">
+        <v>442</v>
+      </c>
+      <c r="I237" s="1"/>
+      <c r="K237" s="1"/>
+      <c r="L237" s="1"/>
+    </row>
+    <row r="238" spans="1:12">
+      <c r="A238" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D238" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F238" s="6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G238" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J238" t="s">
+        <v>565</v>
+      </c>
+      <c r="K238" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L238" s="6" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12">
+      <c r="A239" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E239" s="4" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F239" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="G239" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J239" t="s">
+        <v>338</v>
+      </c>
+      <c r="K239" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="L239" s="6" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12">
+      <c r="A240" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C240" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F240" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G240" s="6"/>
+      <c r="I240" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J240" t="s">
+        <v>315</v>
+      </c>
+      <c r="K240" s="1"/>
+      <c r="L240" s="6"/>
+    </row>
+    <row r="241" spans="1:12">
+      <c r="A241" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C241" t="s">
+        <v>366</v>
+      </c>
+      <c r="D241" t="s">
+        <v>367</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="G241" s="1"/>
+      <c r="I241" s="1">
+        <v>1</v>
+      </c>
+      <c r="J241" t="s">
+        <v>321</v>
+      </c>
+      <c r="K241" s="1"/>
+      <c r="L241" s="1"/>
+    </row>
+    <row r="242" spans="1:12">
+      <c r="A242" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C242" t="s">
+        <v>983</v>
+      </c>
+      <c r="D242" t="s">
+        <v>367</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G242" s="1"/>
+      <c r="I242" s="1">
+        <v>1</v>
+      </c>
+      <c r="J242" t="s">
+        <v>321</v>
+      </c>
+      <c r="K242" s="1"/>
+      <c r="L242" s="1"/>
+    </row>
+    <row r="243" spans="1:12">
+      <c r="A243" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C243" t="s">
+        <v>390</v>
+      </c>
+      <c r="D243" t="s">
+        <v>400</v>
+      </c>
+      <c r="E243" s="4">
+        <v>48029</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G243" s="1"/>
+      <c r="I243" s="1">
+        <v>1</v>
+      </c>
+      <c r="J243" t="s">
+        <v>321</v>
+      </c>
+      <c r="K243" s="1"/>
+      <c r="L243" s="1"/>
+    </row>
+    <row r="244" spans="1:12">
+      <c r="A244" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D244" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E244" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="G244" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1120</v>
+      </c>
+      <c r="K244" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="L244" s="6" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12">
+      <c r="A245" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F245" s="6"/>
+      <c r="G245" s="6"/>
+      <c r="I245" s="1"/>
+      <c r="K245" s="1"/>
+      <c r="L245" s="6"/>
+    </row>
+    <row r="246" spans="1:12">
+      <c r="A246" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C246" t="s">
+        <v>682</v>
+      </c>
+      <c r="D246" t="s">
+        <v>400</v>
+      </c>
+      <c r="E246" s="4">
+        <v>45823</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I246" s="1">
+        <v>2</v>
+      </c>
+      <c r="J246" t="s">
+        <v>338</v>
+      </c>
+      <c r="K246" s="1"/>
+      <c r="L246" s="1"/>
+    </row>
+    <row r="247" spans="1:12">
+      <c r="A247" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C247" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E247" s="4" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F247" s="6"/>
+      <c r="G247" s="6"/>
+      <c r="I247" s="1"/>
+      <c r="K247" s="1"/>
+      <c r="L247" s="6"/>
+    </row>
+    <row r="248" spans="1:12">
+      <c r="A248" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C248" t="s">
+        <v>467</v>
+      </c>
+      <c r="D248" t="s">
+        <v>367</v>
+      </c>
+      <c r="E248" s="4" t="s">
+        <v>851</v>
+      </c>
+      <c r="F248" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G248" s="6"/>
+      <c r="H248" t="s">
+        <v>915</v>
+      </c>
+      <c r="I248" s="1"/>
+      <c r="K248" s="1"/>
+      <c r="L248" s="6"/>
+    </row>
+    <row r="249" spans="1:12">
+      <c r="A249" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C249" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D249" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E249" s="4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F249" s="6"/>
+      <c r="G249" s="6"/>
+      <c r="I249" s="1"/>
+      <c r="K249" s="1"/>
+      <c r="L249" s="6"/>
+    </row>
+    <row r="250" spans="1:12">
+      <c r="A250" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C250" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D250" s="6"/>
+      <c r="F250" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="G250" s="6"/>
+      <c r="I250" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J250" t="s">
+        <v>317</v>
+      </c>
+      <c r="K250" s="1"/>
+      <c r="L250" s="6"/>
+    </row>
+    <row r="251" spans="1:12">
+      <c r="A251" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E251" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="G251" s="6"/>
+      <c r="I251" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="J251" t="s">
+        <v>317</v>
+      </c>
+      <c r="K251" s="1"/>
+      <c r="L251" s="6"/>
+    </row>
+    <row r="252" spans="1:12">
+      <c r="A252" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C252" t="s">
+        <v>390</v>
+      </c>
+      <c r="D252" t="s">
+        <v>367</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="G252" s="1">
+        <v>2</v>
+      </c>
+      <c r="I252" s="1">
+        <v>4</v>
+      </c>
+      <c r="J252" t="s">
+        <v>321</v>
+      </c>
+      <c r="K252" s="1"/>
+      <c r="L252" s="1"/>
+    </row>
+    <row r="253" spans="1:12">
+      <c r="A253" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D253" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F253" s="6" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G253" s="6"/>
+      <c r="I253" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J253" t="s">
+        <v>317</v>
+      </c>
+      <c r="K253" s="1"/>
+      <c r="L253" s="6"/>
+    </row>
+    <row r="254" spans="1:12">
+      <c r="A254" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F254" s="6"/>
+      <c r="G254" s="6"/>
+      <c r="I254" s="1"/>
+      <c r="K254" s="1"/>
+      <c r="L254" s="6"/>
+    </row>
+    <row r="255" spans="1:12">
+      <c r="A255" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C255" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D255" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E255" s="4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F255" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="G255" s="6"/>
+      <c r="I255" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1150</v>
+      </c>
+      <c r="K255" s="1"/>
+      <c r="L255" s="6"/>
+    </row>
+    <row r="256" spans="1:12">
+      <c r="A256" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F256" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G256" s="6"/>
+      <c r="I256" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J256" t="s">
+        <v>338</v>
+      </c>
+      <c r="K256" s="1"/>
+      <c r="L256" s="6"/>
+    </row>
+    <row r="257" spans="1:12">
+      <c r="A257" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E257" s="4" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F257" s="6"/>
+      <c r="G257" s="6"/>
+      <c r="I257" s="1"/>
+      <c r="K257" s="1"/>
+      <c r="L257" s="6"/>
+    </row>
+    <row r="258" spans="1:12">
+      <c r="A258" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>831</v>
+      </c>
+      <c r="F258" s="6"/>
+      <c r="G258" s="6"/>
+      <c r="I258" s="1"/>
+      <c r="K258" s="1"/>
+      <c r="L258" s="6"/>
+    </row>
+    <row r="259" spans="1:12">
+      <c r="A259" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C259" t="s">
+        <v>467</v>
+      </c>
+      <c r="D259" t="s">
+        <v>400</v>
+      </c>
+      <c r="E259" s="4" t="s">
+        <v>951</v>
+      </c>
+      <c r="F259" s="6"/>
+      <c r="G259" s="6"/>
+      <c r="I259" s="1"/>
+      <c r="K259" s="1"/>
+      <c r="L259" s="6"/>
+    </row>
+    <row r="260" spans="1:12">
+      <c r="A260" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C260" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D260" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F260" s="6"/>
+      <c r="G260" s="6"/>
+      <c r="I260" s="1"/>
+      <c r="K260" s="1"/>
+      <c r="L260" s="6"/>
+    </row>
+    <row r="261" spans="1:12">
+      <c r="A261" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C261" t="s">
+        <v>682</v>
+      </c>
+      <c r="D261" t="s">
+        <v>400</v>
+      </c>
+      <c r="E261" s="4">
+        <v>46234</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I261" s="1">
+        <v>1</v>
+      </c>
+      <c r="J261" t="s">
+        <v>338</v>
+      </c>
+      <c r="K261" s="1"/>
+      <c r="L261" s="1"/>
+    </row>
+    <row r="262" spans="1:12">
+      <c r="A262" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F262" s="6"/>
+      <c r="G262" s="6"/>
+      <c r="I262" s="1"/>
+      <c r="K262" s="1"/>
+      <c r="L262" s="6"/>
+    </row>
+    <row r="263" spans="1:12">
+      <c r="A263" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D263" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E263" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="F263" s="6"/>
+      <c r="G263" s="6"/>
+      <c r="I263" s="1"/>
+      <c r="K263" s="1"/>
+      <c r="L263" s="6"/>
+    </row>
+    <row r="264" spans="1:12">
+      <c r="A264" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D264" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E264" s="4" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="G264" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H264" t="s">
+        <v>436</v>
+      </c>
+      <c r="I264" s="1"/>
+      <c r="K264" s="1"/>
+      <c r="L264" s="6"/>
+    </row>
+    <row r="265" spans="1:12">
+      <c r="A265" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D265" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="G265" s="6"/>
+      <c r="I265" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J265" t="s">
+        <v>315</v>
+      </c>
+      <c r="K265" s="1"/>
+      <c r="L265" s="6"/>
+    </row>
+    <row r="266" spans="1:12">
+      <c r="A266" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E266" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="F266" s="6"/>
+      <c r="G266" s="6"/>
+      <c r="I266" s="1"/>
+      <c r="K266" s="1"/>
+      <c r="L266" s="6"/>
+    </row>
+    <row r="267" spans="1:12">
+      <c r="A267" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D267" s="6"/>
+      <c r="F267" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G267" s="6"/>
+      <c r="I267" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J267" t="s">
+        <v>315</v>
+      </c>
+      <c r="K267" s="1"/>
+      <c r="L267" s="6"/>
+    </row>
+    <row r="268" spans="1:12">
+      <c r="A268" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D268" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F268" s="6"/>
+      <c r="G268" s="6"/>
+      <c r="I268" s="1"/>
+      <c r="K268" s="1"/>
+      <c r="L268" s="6"/>
+    </row>
+    <row r="269" spans="1:12">
+      <c r="A269" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E269" s="4" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="G269" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H269" t="s">
+        <v>442</v>
+      </c>
+      <c r="I269" s="1"/>
+      <c r="K269" s="1"/>
+      <c r="L269" s="6"/>
+    </row>
+    <row r="270" spans="1:12">
+      <c r="A270" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D270" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E270" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="G270" s="6"/>
+      <c r="I270" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J270" t="s">
         <v>344</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="K270" s="1"/>
+      <c r="L270" s="6"/>
+    </row>
+    <row r="271" spans="1:12">
+      <c r="A271" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D271" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E271" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="G271" s="6"/>
+      <c r="H271" t="s">
+        <v>753</v>
+      </c>
+      <c r="I271" s="1"/>
+      <c r="K271" s="1"/>
+      <c r="L271" s="6"/>
+    </row>
+    <row r="272" spans="1:12">
+      <c r="A272" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D272" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E272" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="F272" s="6"/>
+      <c r="G272" s="6"/>
+      <c r="I272" s="1"/>
+      <c r="K272" s="1"/>
+      <c r="L272" s="6"/>
+    </row>
+    <row r="273" spans="1:12">
+      <c r="A273" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D273" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F273" s="6"/>
+      <c r="G273" s="6"/>
+      <c r="I273" s="1"/>
+      <c r="K273" s="1"/>
+      <c r="L273" s="6"/>
+    </row>
+    <row r="274" spans="1:12">
+      <c r="A274" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D274" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F274" s="6"/>
+      <c r="G274" s="6"/>
+      <c r="I274" s="1"/>
+      <c r="K274" s="1"/>
+      <c r="L274" s="6"/>
+    </row>
+    <row r="275" spans="1:12">
+      <c r="A275" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D275" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E275" s="4" t="s">
+        <v>914</v>
+      </c>
+      <c r="F275" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="G275" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K275" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="L275" s="6" t="s">
         <v>345</v>
       </c>
-      <c r="E1" s="11" t="s">
-[...71 lines deleted...]
-      <c r="B4" t="s">
+    </row>
+    <row r="276" spans="1:12">
+      <c r="A276" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D276" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E276" s="4" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F276" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G276" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="H276" t="s">
+        <v>436</v>
+      </c>
+      <c r="I276" s="1"/>
+      <c r="K276" s="1"/>
+      <c r="L276" s="6"/>
+    </row>
+    <row r="277" spans="1:12">
+      <c r="A277" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C277" t="s">
+        <v>467</v>
+      </c>
+      <c r="D277" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E277" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F277" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G277" s="6"/>
+      <c r="H277" t="s">
+        <v>915</v>
+      </c>
+      <c r="I277" s="1"/>
+      <c r="K277" s="1"/>
+      <c r="L277" s="6"/>
+    </row>
+    <row r="278" spans="1:12">
+      <c r="A278" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D278" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F278" s="6"/>
+      <c r="G278" s="6"/>
+      <c r="I278" s="1"/>
+      <c r="K278" s="1"/>
+      <c r="L278" s="6"/>
+    </row>
+    <row r="279" spans="1:12">
+      <c r="A279" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D279" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E279" s="4" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F279" s="6" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G279" s="6"/>
+      <c r="I279" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J279" t="s">
+        <v>327</v>
+      </c>
+      <c r="K279" s="1"/>
+      <c r="L279" s="6"/>
+    </row>
+    <row r="280" spans="1:12">
+      <c r="A280" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D280" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E280" s="4" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F280" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="G280" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="H280" t="s">
+        <v>629</v>
+      </c>
+      <c r="I280" s="1"/>
+      <c r="K280" s="1"/>
+      <c r="L280" s="6"/>
+    </row>
+    <row r="281" spans="1:12">
+      <c r="A281" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C281" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D281" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E281" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="F281" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="G281" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H281" t="s">
+        <v>629</v>
+      </c>
+      <c r="I281" s="1"/>
+      <c r="K281" s="1"/>
+      <c r="L281" s="6"/>
+    </row>
+    <row r="282" spans="1:12">
+      <c r="A282" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D282" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F282" s="6"/>
+      <c r="G282" s="6"/>
+      <c r="I282" s="1"/>
+      <c r="K282" s="1"/>
+      <c r="L282" s="6"/>
+    </row>
+    <row r="283" spans="1:12">
+      <c r="A283" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D283" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E283" s="4" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F283" s="6"/>
+      <c r="G283" s="6"/>
+      <c r="I283" s="1"/>
+      <c r="K283" s="1"/>
+      <c r="L283" s="6"/>
+    </row>
+    <row r="284" spans="1:12">
+      <c r="A284" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F284" s="6"/>
+      <c r="G284" s="6"/>
+      <c r="I284" s="1"/>
+      <c r="K284" s="1"/>
+      <c r="L284" s="6"/>
+    </row>
+    <row r="285" spans="1:12">
+      <c r="A285" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C285" t="s">
+        <v>467</v>
+      </c>
+      <c r="D285" t="s">
+        <v>400</v>
+      </c>
+      <c r="E285" s="4">
+        <v>49187</v>
+      </c>
+      <c r="F285" s="7" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G285" s="7" t="s">
+        <v>1227</v>
+      </c>
+      <c r="I285" s="1">
+        <v>1</v>
+      </c>
+      <c r="J285" t="s">
+        <v>338</v>
+      </c>
+      <c r="K285" s="1"/>
+      <c r="L285" s="1"/>
+    </row>
+    <row r="286" spans="1:12">
+      <c r="A286" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C286" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F286" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="G286" s="6"/>
+      <c r="H286" t="s">
+        <v>436</v>
+      </c>
+      <c r="I286" s="1"/>
+      <c r="K286" s="1"/>
+      <c r="L286" s="6"/>
+    </row>
+    <row r="287" spans="1:12">
+      <c r="A287" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C287" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D287" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G287" s="6"/>
+      <c r="H287" t="s">
+        <v>436</v>
+      </c>
+      <c r="I287" s="1"/>
+      <c r="K287" s="1"/>
+      <c r="L287" s="6"/>
+    </row>
+    <row r="288" spans="1:12">
+      <c r="A288" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C288" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D288" s="6"/>
+      <c r="F288" s="6"/>
+      <c r="G288" s="6"/>
+      <c r="I288" s="1"/>
+      <c r="K288" s="1"/>
+      <c r="L288" s="6"/>
+    </row>
+    <row r="289" spans="1:12">
+      <c r="A289" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C289" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D289" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E289" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="F289" s="6"/>
+      <c r="G289" s="6"/>
+      <c r="I289" s="1"/>
+      <c r="K289" s="1"/>
+      <c r="L289" s="6"/>
+    </row>
+    <row r="290" spans="1:12">
+      <c r="A290" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C290" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D290" s="6"/>
+      <c r="F290" s="6"/>
+      <c r="G290" s="6"/>
+      <c r="I290" s="1"/>
+      <c r="K290" s="1"/>
+      <c r="L290" s="6"/>
+    </row>
+    <row r="291" spans="1:12">
+      <c r="A291" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D291" t="s">
+        <v>367</v>
+      </c>
+      <c r="F291" s="6"/>
+      <c r="G291" s="6"/>
+      <c r="I291" s="1"/>
+      <c r="K291" s="1"/>
+      <c r="L291" s="6"/>
+    </row>
+    <row r="292" spans="1:12">
+      <c r="A292" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D292" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="E292" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G292" s="6"/>
+      <c r="H292" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I292" s="1"/>
+      <c r="K292" s="1"/>
+      <c r="L292" s="6"/>
+    </row>
+    <row r="293" spans="1:12">
+      <c r="A293" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D293" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E293" s="4" t="s">
+        <v>943</v>
+      </c>
+      <c r="F293" s="6"/>
+      <c r="G293" s="6"/>
+      <c r="I293" s="1"/>
+      <c r="K293" s="1"/>
+      <c r="L293" s="6"/>
+    </row>
+    <row r="294" spans="1:12">
+      <c r="A294" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D294" t="s">
+        <v>367</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I294" s="1">
+        <v>2</v>
+      </c>
+      <c r="J294" t="s">
+        <v>1252</v>
+      </c>
+      <c r="K294" s="1"/>
+      <c r="L294" s="1"/>
+    </row>
+    <row r="295" spans="1:12">
+      <c r="A295" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C295" t="s">
+        <v>467</v>
+      </c>
+      <c r="D295" t="s">
+        <v>367</v>
+      </c>
+      <c r="F295" s="6"/>
+      <c r="G295" s="6"/>
+      <c r="I295" s="1"/>
+      <c r="K295" s="1"/>
+      <c r="L295" s="6"/>
+    </row>
+    <row r="296" spans="1:12">
+      <c r="A296" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C296" t="s">
+        <v>983</v>
+      </c>
+      <c r="D296" t="s">
+        <v>367</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="G296" s="1"/>
+      <c r="I296" s="1">
+        <v>6</v>
+      </c>
+      <c r="J296" t="s">
+        <v>338</v>
+      </c>
+      <c r="K296" s="1"/>
+      <c r="L296" s="1"/>
+    </row>
+    <row r="297" spans="1:12">
+      <c r="A297" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C297" s="6" t="s">
         <v>362</v>
       </c>
-      <c r="C4" t="s">
-[...39 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D297" s="6"/>
+      <c r="F297" s="6"/>
+      <c r="G297" s="6"/>
+      <c r="I297" s="1"/>
+      <c r="K297" s="1"/>
+      <c r="L297" s="6"/>
+    </row>
+    <row r="298" spans="1:12">
+      <c r="A298" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C298" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D298" s="6" t="s">
         <v>367</v>
       </c>
-      <c r="B6" t="s">
-[...109 lines deleted...]
-      <c r="E10" s="9" t="s">
+      <c r="F298" s="6"/>
+      <c r="G298" s="6"/>
+      <c r="I298" s="1"/>
+      <c r="K298" s="1"/>
+      <c r="L298" s="6"/>
+    </row>
+    <row r="299" spans="1:12">
+      <c r="A299" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C299" t="s">
+        <v>467</v>
+      </c>
+      <c r="D299" t="s">
+        <v>367</v>
+      </c>
+      <c r="F299" s="6"/>
+      <c r="G299" s="6"/>
+      <c r="I299" s="1"/>
+      <c r="K299" s="1"/>
+      <c r="L299" s="6"/>
+    </row>
+    <row r="300" spans="1:12">
+      <c r="A300" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C300" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="D300" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="E300" s="4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F300" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="G300" s="6"/>
+      <c r="H300" t="s">
+        <v>442</v>
+      </c>
+      <c r="I300" s="1"/>
+      <c r="K300" s="1"/>
+      <c r="L300" s="6"/>
+    </row>
+    <row r="301" spans="1:12">
+      <c r="A301" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C301" t="s">
+        <v>467</v>
+      </c>
+      <c r="D301" t="s">
+        <v>400</v>
+      </c>
+      <c r="E301" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="F301" s="6" t="s">
         <v>382</v>
       </c>
-    </row>
-[...121 lines deleted...]
-      <c r="B17" t="s">
+      <c r="G301" s="6"/>
+      <c r="H301" t="s">
+        <v>540</v>
+      </c>
+      <c r="I301" s="1"/>
+      <c r="K301" s="1"/>
+      <c r="L301" s="6"/>
+    </row>
+    <row r="302" spans="1:12">
+      <c r="A302" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C302" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F302" s="6"/>
+      <c r="G302" s="6"/>
+      <c r="I302" s="1"/>
+      <c r="K302" s="1"/>
+      <c r="L302" s="6"/>
+    </row>
+    <row r="303" spans="1:12">
+      <c r="A303" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C303" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="D303" s="6" t="s">
         <v>400</v>
       </c>
-      <c r="C17" t="s">
-[...1199 lines deleted...]
-      <c r="A74" t="s">
+      <c r="E303" s="4" t="s">
         <v>548</v>
       </c>
-      <c r="B74" t="s">
-[...4901 lines deleted...]
-      </c>
+      <c r="F303" s="6"/>
+      <c r="G303" s="6"/>
+      <c r="I303" s="1"/>
+      <c r="K303" s="1"/>
+      <c r="L303" s="6"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L301" xr:uid="{732DAD29-13F3-4B0A-9FA6-BFDC26688C28}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A1:L303" xr:uid="{732DAD29-13F3-4B0A-9FA6-BFDC26688C28}"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...23 lines deleted...]
-    <xsd:import namespace="a58b4929-e3d2-4f8f-9ed9-a589d701caa9"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E7D721CA0A481E48AE89AA8256F3CCEC" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="549a2d757f310b9a7d8588bfda9502ab">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2369e19d-afd5-4c4b-9359-05565a9e7a6e" xmlns:ns3="f8a86d88-0edf-469b-b6c3-17028e86f05a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ae8a0a8e38611fa396f6339542751222" ns2:_="" ns3:_="">
+    <xsd:import namespace="2369e19d-afd5-4c4b-9359-05565a9e7a6e"/>
+    <xsd:import namespace="f8a86d88-0edf-469b-b6c3-17028e86f05a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0edc62a6-d765-464c-9227-5a23f7001734" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2369e19d-afd5-4c4b-9359-05565a9e7a6e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ede42cbc-566b-46c9-aea5-a71cdcd36d8f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="12" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ede42cbc-566b-46c9-aea5-a71cdcd36d8f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...24 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="23" nillable="true" ma:displayName="Status" ma:description="I added this column to flag the status of the file when someone is actively working on it." ma:format="Dropdown" ma:internalName="Status">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a58b4929-e3d2-4f8f-9ed9-a589d701caa9" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f8a86d88-0edf-469b-b6c3-17028e86f05a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3c773e6c-080d-4585-9609-3843d53c32c4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f8a86d88-0edf-469b-b6c3-17028e86f05a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...9 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -22649,134 +31810,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2369e19d-afd5-4c4b-9359-05565a9e7a6e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f8a86d88-0edf-469b-b6c3-17028e86f05a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35A3660F-8742-4131-8093-B21E3B059FAE}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34B5550F-D3A7-4354-BE42-C7847DDC7F33}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B315A3A-42FA-4FF8-96E4-B55537CB887A}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35A3660F-8742-4131-8093-B21E3B059FAE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FEA6199-E743-414E-BE6E-90631A0AE737}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B315A3A-42FA-4FF8-96E4-B55537CB887A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-[...22 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>European Environment Agency</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gasper Subelj</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ESRI_WORKBOOK_ID">
     <vt:lpwstr>c9657d7071444f12b08320dbac0e7f73</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101001CED7FA6782B504588E65C0BAD52FE62</vt:lpwstr>
+    <vt:lpwstr>0x010100E7D721CA0A481E48AE89AA8256F3CCEC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>